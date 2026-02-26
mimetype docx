--- v0 (2025-10-11)
+++ v1 (2026-02-26)
@@ -1,1455 +1,1019 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="5A30786C" w14:textId="77777777" w:rsidR="00F92C50" w:rsidRDefault="00F92C50" w:rsidP="00F92C50"/>
+    <w:p w14:paraId="1BAC568F" w14:textId="77777777" w:rsidR="00501A2A" w:rsidRDefault="00501A2A" w:rsidP="00F92C50"/>
+    <w:p w14:paraId="22FDE841" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00260D4E" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Encabezado"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+        <w:t>DECLARACIÓN DE TITULARIDAD Y CESIÓN DE DERECHOS PATRIMONIALES DE AUTOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154213CA" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00F92C50" w:rsidRDefault="004734F0" w:rsidP="00F92C50"/>
+    <w:p w14:paraId="0B742E7C" w14:textId="24A82E00" w:rsidR="004734F0" w:rsidRDefault="00501A2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Yo/</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Nosotros</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, mayor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(es)</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de edad, identificado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con documento </w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>tipo de documento de identidad</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n.º </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>________________,</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expedido en </w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Ciudad, País</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, en mi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/nuestra</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> condición de autor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(es)</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>l artículo</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-[...11 lines deleted...]
-        </w:tblCellMar>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1619"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1992"/>
+        <w:gridCol w:w="2207"/>
+        <w:gridCol w:w="2207"/>
+        <w:gridCol w:w="2207"/>
+        <w:gridCol w:w="2207"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F92C50" w:rsidRPr="00260D4E" w14:paraId="6E374B01" w14:textId="77777777" w:rsidTr="00260D4E">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004734F0" w14:paraId="512E3855" w14:textId="77777777" w:rsidTr="004734F0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="917" w:type="pct"/>
-[...4 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61F7267F" w14:textId="77777777" w:rsidR="00F92C50" w:rsidRPr="00260D4E" w:rsidRDefault="00F92C50" w:rsidP="00033CD3">
-[...312 lines deleted...]
-          <w:p w14:paraId="2AB70BC0" w14:textId="77777777" w:rsidR="00F92C50" w:rsidRPr="00260D4E" w:rsidRDefault="00F92C50" w:rsidP="005A0CA2">
+          <w:p w14:paraId="7FD72B21" w14:textId="792F0B92" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...348 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...127 lines deleted...]
-                <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Artículo de revista </w:t>
+              <w:t>Nombres completos</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="003C7E59" w:rsidRPr="00033CD3" w14:paraId="01498FFC" w14:textId="77777777" w:rsidTr="002A2182">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="182EFC56" w14:textId="6748FAC7" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="7C9E814D" w14:textId="5D09A67E" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Filiación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D371F6" w14:textId="1CBEB839" w:rsidR="004734F0" w:rsidRDefault="004734F0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>País</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C7E879" w14:textId="48A8A337" w:rsidR="004734F0" w:rsidRDefault="004734F0">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00033CD3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>xxxx</w:t>
+              <w:t>Orcid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004734F0" w14:paraId="2CA749A1" w14:textId="77777777" w:rsidTr="004734F0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D933DB1" w14:textId="77777777" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="35739752" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74B28FF5" w14:textId="77777777" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="2E80E5D4" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="003C7E59" w:rsidRPr="00033CD3" w14:paraId="1F34202F" w14:textId="77777777" w:rsidTr="002A2182">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E257243" w14:textId="4F1DE2D5" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="21FDC2F8" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9D6BA0" w14:textId="77777777" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="1F2D6C7A" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004734F0" w14:paraId="5D6F299D" w14:textId="77777777" w:rsidTr="004734F0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B36C519" w14:textId="77777777" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="08E4606B" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="003C7E59" w:rsidRPr="00033CD3" w14:paraId="0C9B1E67" w14:textId="77777777" w:rsidTr="002A2182">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC36538" w14:textId="6C1536F2" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="3C539395" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C0EED63" w14:textId="77777777" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="6D518322" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23B5B2DA" w14:textId="74DB4751" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="6B209E8B" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7E59" w:rsidRPr="00033CD3" w14:paraId="59179047" w14:textId="77777777" w:rsidTr="002A2182">
+      <w:tr w:rsidR="004734F0" w14:paraId="4463C336" w14:textId="77777777" w:rsidTr="004734F0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35EA1AA7" w14:textId="17615B04" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="70A8016B" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="710D4C36" w14:textId="77777777" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="784B536A" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
+            <w:tcW w:w="2207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2631A1C4" w14:textId="72A75D73" w:rsidR="003C7E59" w:rsidRPr="00033CD3" w:rsidRDefault="003C7E59" w:rsidP="003C7E59">
+          <w:p w14:paraId="7CCBF8EC" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
             <w:pPr>
-              <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033CD3">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381979D5" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Tabla</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="743352C1" w14:textId="16490C93" w:rsidR="004734F0" w:rsidRDefault="004734F0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="235DC828" w14:textId="77777777" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="061CAF48" w14:textId="1B9413F6" w:rsidR="00CA3B02" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
+    <w:p w14:paraId="061CAF48" w14:textId="06E5D963" w:rsidR="00CA3B02" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00260D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Declaro:</w:t>
+        <w:t>Declaro</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/amos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ACE846F" w14:textId="77777777" w:rsidR="00260D4E" w:rsidRPr="00260D4E" w:rsidRDefault="00260D4E" w:rsidP="00CA3B02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="157D1009" w14:textId="77777777" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
-[...41 lines deleted...]
-        <w:t>3. Que entiendo que esta cesión se da por el término de protección exclusiva a favor del autor establecido en la legislación colombiana.</w:t>
+    <w:p w14:paraId="157D1009" w14:textId="6622FC12" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1. Que soy</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/somos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> titular de los derechos sobre el(los) texto(s) anteriormente identificado(s) y que este texto no ha(n) sido publicado(s) previamente bajo ninguna forma, total o parcialmente, ni se encuentra(n) en proceso de publicación en cualquier otro medio impreso o electrónico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DCE98E" w14:textId="38231617" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2. Que cedo</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/cedemos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a la Escuela Superior de Administración Pública (ESAP) todos los derechos patrimoniales de autor (reproducción, comunicación pública, transformación y distribución) sobre la(s) publicación(es) en cuestión, conservando en todo caso los derechos morales sobre la(s) obra(s). La cesión de estos derechos se extenderá a cualquier tipo de soporte o formato electrónico, magnético o similar, sin limitación geográfica o territorial. Esto incluye la publicación del</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(de los) texto(s) en la red mundial de información, en la página de la Escuela Superior de Administración Pública (ESAP) y en otras páginas con propósitos de divulgación científica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF8E6F2" w14:textId="0CA1D989" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>3. Que entiendo</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/entendemos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que esta cesión se da por el término de protección exclusiva a favor del autor establecido en la legislación colombiana.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C09D38" w14:textId="5C0763F2" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>4. Que el texto no contiene ninguna afirmación difamatoria contra ninguna persona o entidad, ni viola las leyes sobre derechos de autor, por lo que no he vulnerado derechos de propiedad intelectual de terceros. En caso de presentarse cualquier reclamación de un tercero, la Escuela Superior de Administración Pública (ESAP) no será responsable por los daños y perjuicios que puedan causar las afirmaciones contenidas en el(los) texto(s)</w:t>
       </w:r>
       <w:r w:rsidR="003C07DE" w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>, asumiré toda la responsabilidad y saldré en defensa de los derechos e intereses de la ESAP</w:t>
       </w:r>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5C35DF" w14:textId="77777777" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
-[...42 lines deleted...]
-        <w:t>7. Que estoy de acuerdo en que al(a los) manuscrito(s) se le(s) hagan las correcciones de estilo, ortografía y redacción que sean pertinentes, sin que sea necesario consultarme. Cuando estas correcciones también involucren las ideas y el contenido del trabajo, no podrán hacerse sin mi consentimiento. Me comprometo a enviar las correcciones que me sean solicitadas en los plazos acordados. De lo contrario, se considerará que estoy de acuerdo con los cambios propuestos.</w:t>
+    <w:p w14:paraId="5D5C35DF" w14:textId="633E7D94" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5. Que me</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/nos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comprometo</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/comprometemos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a gestionar y obtener los derechos para la publicación de todos los materiales que acompañan el(los) texto(s) que así lo requieran.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358BA59F" w14:textId="47C1000B" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>6. Que estoy</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/estamos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de acuerdo en no recibir ningún tipo de pago u honorario por la publicación, dado que la editorial es académica y sin ánimo de lucro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C68AFF" w14:textId="77777777" w:rsidR="00501A2A" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>7. Que estoy</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/estamos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de acuerdo en que </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>al(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a los) manuscrito(s) se le(s) hagan las correcciones de estilo, ortografía y redacción que sean pertinentes, sin que sea necesario consultarme. Cuando estas correcciones también involucren las ideas y el contenido del </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFF727F" w14:textId="77777777" w:rsidR="00501A2A" w:rsidRDefault="00501A2A" w:rsidP="00CA3B02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04445CE8" w14:textId="77777777" w:rsidR="00501A2A" w:rsidRDefault="00501A2A" w:rsidP="00CA3B02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="495D9708" w14:textId="54D82D08" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>trabajo, no podrán hacerse sin mi consentimiento. Me comprometo a enviar las correcciones que me sean solicitadas en los plazos acordados. De lo contrario, se considerará que estoy de acuerdo con los cambios propuestos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2677F8AE" w14:textId="77777777" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Que, en caso de que desee publicar el(los) texto(s) posteriormente en otro lugar, me comprometo a hacerlo siempre y cuando la Escuela Superior de Administración Pública (ESAP) me dé el permiso y a dar los créditos respectivos, mencionando a la ESAP como editora de una versión anterior. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA73D98" w14:textId="638BFED4" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
-[...14 lines deleted...]
-    <w:p w14:paraId="6C497AC9" w14:textId="27B94002" w:rsidR="002A2182" w:rsidRPr="00033CD3" w:rsidRDefault="002A2182" w:rsidP="00BD3D1F">
+    <w:p w14:paraId="3AA73D98" w14:textId="3F69A1A7" w:rsidR="00CA3B02" w:rsidRPr="00033CD3" w:rsidRDefault="00CA3B02" w:rsidP="00CA3B02">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>9. Finalmente, con mi</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/nuestra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> firma me comprometo a no retirar mi obra del proceso editorial en ninguna de sus etapas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C497AC9" w14:textId="6C0B3F0B" w:rsidR="002A2182" w:rsidRPr="00033CD3" w:rsidRDefault="002A2182" w:rsidP="00BD3D1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En constancia de la anterior declaración, </w:t>
       </w:r>
       <w:r w:rsidR="00BD3D1F" w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">se da en </w:t>
       </w:r>
-      <w:r w:rsidRPr="00033CD3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Bogotá a los </w:t>
+      <w:r w:rsidR="004734F0" w:rsidRPr="00501A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>XXXX</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a los </w:t>
       </w:r>
       <w:r w:rsidR="00BD3D1F" w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidR="00BD3D1F" w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">días del mes de </w:t>
       </w:r>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> del año </w:t>
       </w:r>
       <w:r w:rsidR="00BD3D1F" w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>XXXX</w:t>
       </w:r>
-      <w:r w:rsidRPr="00033CD3">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="1EC4A53A" w14:textId="77777777" w:rsidR="00260D4E" w:rsidRDefault="00260D4E" w:rsidP="00EC33D3">
       <w:pPr>
         <w:pStyle w:val="Firma"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B382857" w14:textId="6530DE14" w:rsidR="00EC33D3" w:rsidRPr="00033CD3" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
+    <w:p w14:paraId="3B382857" w14:textId="02CD3933" w:rsidR="00EC33D3" w:rsidRPr="004734F0" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
       <w:pPr>
         <w:pStyle w:val="Firma"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Declarante</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/s</w:t>
+      </w:r>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
-        <w:t>Declarante – Autor</w:t>
+        <w:t xml:space="preserve"> – Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(es)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74705E54" w14:textId="77777777" w:rsidR="00EC33D3" w:rsidRPr="00033CD3" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
       <w:pPr>
         <w:pStyle w:val="Firma"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15DFBCB9" w14:textId="260920CF" w:rsidR="00EC33D3" w:rsidRPr="00033CD3" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
       <w:pPr>
         <w:pStyle w:val="Firma"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="DengXian" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="473C7440" w14:textId="77777777" w:rsidR="00EC33D3" w:rsidRPr="00033CD3" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
       <w:pPr>
         <w:pStyle w:val="Firma"/>
@@ -1483,202 +1047,486 @@
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="161E7137" w14:textId="77777777" w:rsidR="00EC33D3" w:rsidRPr="00260D4E" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
       <w:pPr>
         <w:pStyle w:val="Firma"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00260D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Firma </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28EA1516" w14:textId="77777777" w:rsidR="00EC33D3" w:rsidRPr="00033CD3" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
+    <w:p w14:paraId="28EA1516" w14:textId="715A663D" w:rsidR="00EC33D3" w:rsidRPr="00033CD3" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
       <w:pPr>
         <w:pStyle w:val="Firma"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00260D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Nombre</w:t>
       </w:r>
+      <w:r w:rsidR="004734F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>s y apellidos completos</w:t>
+      </w:r>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>XXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3737B91F" w14:textId="77777777" w:rsidR="00EC33D3" w:rsidRPr="00033CD3" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
+    <w:p w14:paraId="3737B91F" w14:textId="172F5009" w:rsidR="00EC33D3" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="00EC33D3">
       <w:pPr>
         <w:pStyle w:val="Firma"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Número de identificación</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC33D3" w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC33D3" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC33D3" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC33D3" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC33D3" w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0C003920" w14:textId="77777777" w:rsidR="00EC33D3" w:rsidRPr="00260D4E" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00026BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>Telefóno o celular:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00260D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00033CD3">
+      <w:r w:rsidRPr="00260D4E">
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0510034A" w14:textId="7EE31B18" w:rsidR="00EC33D3" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00026BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Correo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>lectrónico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="004734F0" w:rsidRPr="00157539">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+          </w:rPr>
+          <w:t>xxxx@xxxx.xxx</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="74BDFE08" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0" w:rsidP="00EC33D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F470DDA" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23EB442E" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00260D4E" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Firma </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A36657" w14:textId="25E04DA3" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>s y apellidos completos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>XXXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E99D1F9" w14:textId="5689DC35" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Número de identificación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6FC5A2B7" w14:textId="77777777" w:rsidR="00EC33D3" w:rsidRPr="00033CD3" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6E192A66" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="004734F0">
       <w:pPr>
         <w:pStyle w:val="Firma"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00260D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Dirección:</w:t>
       </w:r>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0C003920" w14:textId="77777777" w:rsidR="00EC33D3" w:rsidRPr="00260D4E" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="567C8F74" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00260D4E" w:rsidRDefault="004734F0" w:rsidP="004734F0">
       <w:pPr>
         <w:pStyle w:val="Firma"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00026BFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>Telefóno o celular:</w:t>
       </w:r>
       <w:r w:rsidRPr="00260D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00260D4E">
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0510034A" w14:textId="7F9C30CD" w:rsidR="00EC33D3" w:rsidRPr="00033CD3" w:rsidRDefault="00EC33D3" w:rsidP="00EC33D3">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="03982D7C" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="004734F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00026BFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo </w:t>
       </w:r>
       <w:r w:rsidRPr="00026BFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
@@ -1695,106 +1543,405 @@
       <w:r w:rsidRPr="00260D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00033CD3">
         <w:rPr>
           <w:rStyle w:val="Hashtag"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>xxxx@xxxx.xxx</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="5688202C" w14:textId="77777777" w:rsidR="004734F0" w:rsidRDefault="004734F0" w:rsidP="00EC33D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07C4FA74" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC8E0E0" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00260D4E" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Firma </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7767B5B5" w14:textId="445381B9" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>s y apellidos completos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>XXXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B2D3C4" w14:textId="6691F811" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Número de identificación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4772FF83" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>Dirección:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="21C1215A" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00260D4E" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:pStyle w:val="Firma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00026BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>Telefóno o celular:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="09294E98" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="004734F0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00026BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Correo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00026BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>lectrónico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033CD3">
+        <w:rPr>
+          <w:rStyle w:val="Hashtag"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>xxxx@xxxx.xxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C57922" w14:textId="77777777" w:rsidR="004734F0" w:rsidRPr="00033CD3" w:rsidRDefault="004734F0" w:rsidP="00EC33D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="28D7C394" w14:textId="77777777" w:rsidR="002A2182" w:rsidRPr="00033CD3" w:rsidRDefault="002A2182" w:rsidP="002A2182">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002A2182" w:rsidRPr="00033CD3">
-      <w:footerReference w:type="even" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60422464" w14:textId="77777777" w:rsidR="0023001E" w:rsidRDefault="0023001E" w:rsidP="00260D4E">
+    <w:p w14:paraId="62E54301" w14:textId="77777777" w:rsidR="003B6EDC" w:rsidRDefault="003B6EDC" w:rsidP="00260D4E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F756BBE" w14:textId="77777777" w:rsidR="0023001E" w:rsidRDefault="0023001E" w:rsidP="00260D4E">
+    <w:p w14:paraId="429993D0" w14:textId="77777777" w:rsidR="003B6EDC" w:rsidRDefault="003B6EDC" w:rsidP="00260D4E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Ancizar Sans">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
@@ -1819,51 +1966,51 @@
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:id w:val="-280194493"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="36DB5781" w14:textId="264FD960" w:rsidR="00260D4E" w:rsidRDefault="00260D4E" w:rsidP="00260D4E">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -1871,51 +2018,51 @@
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5947E9A5" w14:textId="77777777" w:rsidR="00260D4E" w:rsidRDefault="00260D4E" w:rsidP="00260D4E">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:id w:val="-683215349"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="3B19ADB2" w14:textId="74BF0462" w:rsidR="00260D4E" w:rsidRDefault="00260D4E" w:rsidP="00260D4E">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -1936,185 +2083,249 @@
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="39F9B175" w14:textId="77777777" w:rsidR="00260D4E" w:rsidRDefault="00260D4E" w:rsidP="00260D4E">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DAE9B34" w14:textId="77777777" w:rsidR="0023001E" w:rsidRDefault="0023001E" w:rsidP="00260D4E">
+    <w:p w14:paraId="2A7F3BC2" w14:textId="77777777" w:rsidR="003B6EDC" w:rsidRDefault="003B6EDC" w:rsidP="00260D4E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B0BE992" w14:textId="77777777" w:rsidR="0023001E" w:rsidRDefault="0023001E" w:rsidP="00260D4E">
+    <w:p w14:paraId="035189CB" w14:textId="77777777" w:rsidR="003B6EDC" w:rsidRDefault="003B6EDC" w:rsidP="00260D4E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C33E536" w14:textId="657F93D2" w:rsidR="00501A2A" w:rsidRDefault="00501A2A">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A56C351" wp14:editId="3605EBE4">
+          <wp:extent cx="2962275" cy="505779"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+          <wp:docPr id="1942752312" name="Imagen 1" descr="Imagen que contiene Texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1942752312" name="Imagen 1" descr="Imagen que contiene Texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="3012260" cy="514313"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA6A32"/>
     <w:rsid w:val="00026BFB"/>
     <w:rsid w:val="00033CD3"/>
     <w:rsid w:val="001E7B1D"/>
     <w:rsid w:val="00212089"/>
     <w:rsid w:val="0023001E"/>
     <w:rsid w:val="00260D4E"/>
     <w:rsid w:val="002A2182"/>
     <w:rsid w:val="003357B3"/>
     <w:rsid w:val="00381716"/>
+    <w:rsid w:val="003B6EDC"/>
     <w:rsid w:val="003C07DE"/>
     <w:rsid w:val="003C7E59"/>
     <w:rsid w:val="003E7885"/>
     <w:rsid w:val="00414E40"/>
+    <w:rsid w:val="004734F0"/>
     <w:rsid w:val="004C48DB"/>
+    <w:rsid w:val="00501A2A"/>
     <w:rsid w:val="0056322B"/>
     <w:rsid w:val="005D757D"/>
     <w:rsid w:val="005E18FA"/>
     <w:rsid w:val="006758FA"/>
     <w:rsid w:val="0069341F"/>
     <w:rsid w:val="0071242A"/>
     <w:rsid w:val="00713FC3"/>
     <w:rsid w:val="007B6DCF"/>
     <w:rsid w:val="00847072"/>
     <w:rsid w:val="008966FE"/>
     <w:rsid w:val="008D3D07"/>
     <w:rsid w:val="008E524E"/>
     <w:rsid w:val="00946307"/>
     <w:rsid w:val="00961954"/>
     <w:rsid w:val="009663A9"/>
     <w:rsid w:val="009E1869"/>
     <w:rsid w:val="009F4899"/>
     <w:rsid w:val="009F6675"/>
     <w:rsid w:val="00A2190A"/>
     <w:rsid w:val="00A8743D"/>
     <w:rsid w:val="00A97B55"/>
     <w:rsid w:val="00AA4599"/>
+    <w:rsid w:val="00AF0C51"/>
     <w:rsid w:val="00B02F6D"/>
     <w:rsid w:val="00B50C13"/>
     <w:rsid w:val="00BA6A32"/>
     <w:rsid w:val="00BB0AEB"/>
     <w:rsid w:val="00BD3D1F"/>
     <w:rsid w:val="00C00F0C"/>
     <w:rsid w:val="00C348C2"/>
     <w:rsid w:val="00CA13D1"/>
     <w:rsid w:val="00CA3B02"/>
     <w:rsid w:val="00D93160"/>
+    <w:rsid w:val="00DB2C83"/>
     <w:rsid w:val="00DC6084"/>
     <w:rsid w:val="00EC33D3"/>
     <w:rsid w:val="00F4242D"/>
     <w:rsid w:val="00F706A8"/>
     <w:rsid w:val="00F90954"/>
     <w:rsid w:val="00F92C50"/>
     <w:rsid w:val="00FA3911"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="090EC6F3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BF07F53D-FC1A-429A-920D-4DC477D33DA2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CO" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2881,80 +3092,96 @@
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00260D4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
       <w:sz w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodepgina">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00260D4E"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004734F0"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1937395219">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
   <w:doNotRelyOnCSS/>
   <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxx@xxxx.xxx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3226,72 +3453,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFAC64B8-C819-6042-BB50-1E6737F7233D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>570</Words>
-  <Characters>3140</Characters>
+  <Words>608</Words>
+  <Characters>3347</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3703</CharactersWithSpaces>
+  <CharactersWithSpaces>3948</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Óscar A. Chacón Gómez</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>