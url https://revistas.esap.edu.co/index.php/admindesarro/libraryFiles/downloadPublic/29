--- v0 (2025-10-12)
+++ v1 (2026-02-26)
@@ -19,200 +19,189 @@
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3439A6C4" w14:textId="4279D504" w:rsidR="00DC15A3" w:rsidRPr="004E2AC2" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="0"/>
       <w:r w:rsidRPr="004E2AC2">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Título de artículo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56EDCFDF" w14:textId="7D44296E" w:rsidR="0091429C" w:rsidRPr="0091429C" w:rsidRDefault="0091429C" w:rsidP="0091429C">
+    <w:p w14:paraId="56EDCFDF" w14:textId="2E0362B1" w:rsidR="0091429C" w:rsidRPr="0091429C" w:rsidRDefault="009D267F" w:rsidP="0091429C">
       <w:pPr>
         <w:pStyle w:val="Ttulotrad"/>
       </w:pPr>
       <w:r>
-        <w:t>Traducción del título</w:t>
-[...9 lines deleted...]
-        <w:commentReference w:id="0"/>
+        <w:t>Título en inglés</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0376E8B9" w14:textId="26493121" w:rsidR="00455B3E" w:rsidRDefault="00455B3E" w:rsidP="00455B3E">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="428D1647" wp14:editId="399C87FF">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="12" name="Imagen 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="Imagen 12"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:commentRangeStart w:id="1"/>
+      <w:commentRangeStart w:id="0"/>
       <w:r w:rsidR="002602F8">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:commentRangeEnd w:id="1"/>
+      <w:commentRangeEnd w:id="0"/>
       <w:r w:rsidR="002602F8">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="es-CO" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="1"/>
+        <w:commentReference w:id="0"/>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>, Autor</w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5587E738" wp14:editId="59BE3BD7">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="Imagen 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="Imagen 12"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -280,51 +269,50 @@
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Problemática: </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. </w:t>
       </w:r>
       <w:r w:rsidR="007D7A58" w:rsidRPr="009A53B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>Objetivo:</w:t>
       </w:r>
       <w:r w:rsidR="007D7A58" w:rsidRPr="009A53B9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeStart w:id="2"/>
       <w:r w:rsidR="005770A7" w:rsidRPr="009A53B9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. </w:t>
       </w:r>
       <w:r w:rsidR="005770A7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
       </w:r>
       <w:r w:rsidR="007D7A58" w:rsidRPr="007D7A58">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>Metodología:</w:t>
       </w:r>
       <w:r w:rsidR="007D7A58">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -360,98 +348,91 @@
         <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
       </w:r>
       <w:r w:rsidR="007D7A58" w:rsidRPr="007D7A58">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Conclusión:</w:t>
       </w:r>
       <w:r w:rsidR="007D7A58">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005770A7" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod.</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="2"/>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3D50B037" w14:textId="3FF0EE55" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Palabras clave</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Palabras </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:commentRangeStart w:id="3"/>
+        <w:t>clave</w:t>
+      </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
-          <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>purus ipsum, pretium metus, in lacinia nulla, nisl eget sapien</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
-          <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>purus ipsum, pretium metus, in lacinia nulla, nisl eget sapien.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="455ADF6F" w14:textId="15E52D40" w:rsidR="0091429C" w:rsidRPr="00455B3E" w:rsidRDefault="0091429C" w:rsidP="0091429C">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A3A9112" w14:textId="11AA651C" w:rsidR="0091429C" w:rsidRPr="00455B3E" w:rsidRDefault="007A0684" w:rsidP="0091429C">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -539,62 +520,70 @@
         <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
       </w:r>
       <w:r w:rsidR="00D35205" w:rsidRPr="00D35205">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Conlcusion: </w:t>
       </w:r>
       <w:r w:rsidR="0091429C" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43DC4105" w14:textId="704B29AF" w:rsidR="0091429C" w:rsidRPr="007D7A58" w:rsidRDefault="0091429C" w:rsidP="0091429C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D7A58">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>purus ipsum, pretium metus, in lacinia nulla, nisl eget sapien.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E509989" w14:textId="50C988BA" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="586749FE" w14:textId="77777777" w:rsidR="0051097B" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
@@ -650,72 +639,72 @@
         <w:t xml:space="preserve">Vivamus a mi. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Morbi neque. Aliquam erat volutpat. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Integer ultrices lobortis eros. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin semper, ante vitae sollicitudin posuere, metus quam iaculis nibh, vitae scelerisque nunc massa eget pede. Sed velit urna, interdum vel, ultricies vel, faucibus at, quam. Donec elit est, consectetuer eget, consequat quis, tempus quis, wisi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B93602" w14:textId="77777777" w:rsidR="005770A7" w:rsidRPr="001A44F1" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Cita"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="4"/>
+      <w:commentRangeStart w:id="1"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">In in nunc. Class aptent taciti sociosqu ad litora torquent per conubia nostra, per inceptos hymenaeos. Donec ullamcorper fringilla eros. Fusce in sapien eu purus dapibus commodo. Cum sociis natoque penatibus et magnis dis parturient montes, nascetur ridiculus mus. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A44F1">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Cras faucibus condimentum odio. Sed ac ligula. Aliquam at eros. Etiam at ligula et tellus ullamcorper ultrices. In fermentum, lorem non cursus porttitor, diam urna accumsan lacus, sed interdum wisi nibh nec nisl. Ut tincidunt volutpat urna. Mauris eleifend nulla eget mauris. Sed cursus quam id felis. Curabitur posuere quam vel nibh. </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="4"/>
+      <w:commentRangeEnd w:id="1"/>
       <w:r w:rsidR="00C822EF">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="4"/>
+        <w:commentReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="60E0D23C" w14:textId="16D8DD94" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cras dapibus dapibus nisl. Vestibulum quis dolor a felis congue vehicula. Maecenas pede purus, tristique ac, tempus eget, egestas quis, mauris. Curabitur non eros. Nullam hendrerit bibendum justo. Fusce iaculis, est quis lacinia pretium, pede metus molestie lacus, at gravida wisi ante at libero.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F4DD7E" w14:textId="77777777" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -888,62 +877,62 @@
       </w:r>
       <w:r w:rsidR="005770A7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>quis, libero</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF20F79" w14:textId="77777777" w:rsidR="00897B47" w:rsidRDefault="00897B47" w:rsidP="00897B47">
       <w:pPr>
         <w:pStyle w:val="Listaconnmeros"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="795ADC3E" w14:textId="38741849" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
-      <w:commentRangeStart w:id="5"/>
+      <w:commentRangeStart w:id="2"/>
       <w:r>
         <w:t>Metodología</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="5"/>
+      <w:commentRangeEnd w:id="2"/>
       <w:r w:rsidR="00897B47">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="5"/>
+        <w:commentReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DAF7853" w14:textId="70000A31" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aliquam nonummy adipiscing augue. Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. </w:t>
       </w:r>
       <w:r>
@@ -954,63 +943,63 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4994" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7944"/>
         <w:gridCol w:w="883"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED2E95" w14:paraId="09FCFAB6" w14:textId="77777777" w:rsidTr="00D553B1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DB6ED2A" w14:textId="77777777" w:rsidR="00ED2E95" w:rsidRPr="0055742B" w:rsidRDefault="00ED2E95" w:rsidP="0055742B">
             <w:pPr>
               <w:pStyle w:val="Ecuacintexto"/>
             </w:pPr>
-            <w:commentRangeStart w:id="6"/>
+            <w:commentRangeStart w:id="3"/>
             <w:r>
               <w:t>A + B + C = D</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="6"/>
+            <w:commentRangeEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Refdecomentario"/>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:iCs w:val="0"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="6"/>
+              <w:commentReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB52944" w14:textId="77777777" w:rsidR="00ED2E95" w:rsidRDefault="00ED2E95">
             <w:pPr>
               <w:pStyle w:val="Ecuacinnmero"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58D469EE" w14:textId="549082F8" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="004E2AC2">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005770A7">
         <w:rPr>
@@ -1027,64 +1016,64 @@
         <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="778100B0" w14:textId="34B3C7AD" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien. Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33EDB998" w14:textId="1E58BDBD" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="7"/>
+      <w:commentRangeStart w:id="4"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Tabla 1</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="7"/>
+      <w:commentRangeEnd w:id="4"/>
       <w:r w:rsidR="00F95FCA">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="7"/>
+        <w:commentReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>. Título de tabla</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablanormal1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1583"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1473"/>
         <w:gridCol w:w="1475"/>
         <w:gridCol w:w="1355"/>
       </w:tblGrid>
       <w:tr w:rsidR="003256FF" w:rsidRPr="00D607CB" w14:paraId="445227EC" w14:textId="77777777" w:rsidTr="00D607CB">
         <w:trPr>
@@ -1592,291 +1581,487 @@
         </w:rPr>
         <w:t xml:space="preserve">Cras faucibus condimentum odio. </w:t>
       </w:r>
       <w:r w:rsidRPr="005770A7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Sed ac ligula. Aliquam at eros. Etiam at ligula et tellus ullamcorper ultrices. In fermentum, lorem non cursus porttitor, diam urna accumsan lacus, sed interdum wisi nibh nec nisl. Ut tincidunt volutpat urna. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mauris eleifend nulla eget mauris. Sed cursus quam id felis. Curabitur posuere quam vel nibh. Cras dapibus dapibus nisl. Vestibulum quis dolor a felis congue vehicula. Maecenas pede purus, tristique ac, tempus eget, egestas quis, mauris. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30A6EEC4" w14:textId="3F8A24F7" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="8"/>
+      <w:commentRangeStart w:id="5"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Resultados </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="8"/>
+      <w:commentRangeEnd w:id="5"/>
       <w:r w:rsidR="00CB1C34">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="8"/>
+        <w:commentReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="108B1535" w14:textId="63AB050A" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce iaculis, est quis lacinia pretium, pede metus molestie lacus, at gravida wisi ante at libero. Quisque ornare placerat risus. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ut molestie magna at mi. Integer aliquet mauris et nibh. Ut mattis ligula posuere velit. Nunc sagittis. Curabitur varius fringilla nisl. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32499F83" w14:textId="07264ED5" w:rsidR="000A5A2A" w:rsidRPr="00455B3E" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien. Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B45C01" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="9"/>
+      <w:commentRangeStart w:id="6"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43687280" wp14:editId="31BDEFEE">
             <wp:extent cx="5486400" cy="2160000"/>
             <wp:effectExtent l="0" t="0" r="0" b="12065"/>
             <wp:docPr id="1" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:commentRangeEnd w:id="9"/>
+      <w:commentRangeEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="9"/>
+        <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="123A6D08" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="10"/>
+      <w:commentRangeStart w:id="7"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Figura</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="10"/>
+      <w:commentRangeEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="10"/>
+        <w:commentReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Título de la figura</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66757723" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Fuente: elaboración propia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D6316A" w14:textId="6B394244" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec nulla augue, venenatis scelerisque, dapibus a, consequat at, leo. Pellentesque libero lectus, tristique ac, consectetuer sit amet, imperdiet ut, justo. Sed aliquam odio vitae tortor. Proin hendrerit tempus arcu. In hac habitasse platea dictumst. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B8EC07" w14:textId="46A71B23" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="11"/>
+      <w:commentRangeStart w:id="8"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="11"/>
+      <w:commentRangeEnd w:id="8"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B05645">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="11"/>
+        <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA7D669" w14:textId="5FB2B2BB" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Nunc lacus metus, posuere eget, lacinia eu, varius quis, libero. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aliquam nonummy adipiscing augue. Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C8DBDE" w14:textId="1C775136" w:rsidR="005770A7" w:rsidRPr="00075CD8" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
-      <w:commentRangeStart w:id="12"/>
+      <w:commentRangeStart w:id="9"/>
       <w:r w:rsidRPr="00075CD8">
         <w:t>Conclusiones</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="12"/>
+      <w:commentRangeEnd w:id="9"/>
       <w:r w:rsidR="00CB1C34">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
+        <w:commentReference w:id="9"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F190BFF" w14:textId="0EB012B5" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677C9F">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D82331" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="10"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Financiación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:commentReference w:id="10"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53CAFD2B" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677C9F">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5F49D1" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Conflicto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>interés</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="11"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:commentReference w:id="11"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9F9FAF" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677C9F">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BAFB5D" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="12"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Declaración</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>uso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de IA</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+        </w:rPr>
         <w:commentReference w:id="12"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F190BFF" w14:textId="0EB012B5" w:rsidR="0051097B" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
+    <w:p w14:paraId="6B4A0B34" w14:textId="77777777" w:rsidR="009D267F" w:rsidRPr="00455B3E" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677C9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="2B94B56E" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRPr="00455B3E" w:rsidRDefault="005A16BB" w:rsidP="003256FF">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="28734428" w14:textId="0C4BBE85" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:commentRangeStart w:id="13"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
       <w:commentRangeEnd w:id="13"/>
       <w:r w:rsidR="005A328F">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C2342B" w14:textId="77777777" w:rsidR="00B05645" w:rsidRDefault="00B05645" w:rsidP="00B05645">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
       </w:pPr>
       <w:r w:rsidRPr="007A6E24">
         <w:t xml:space="preserve">Álvarez Collazos, A., </w:t>
       </w:r>
       <w:r>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E24">
         <w:t xml:space="preserve"> Sánchez Rincón, D. (2022). Implicaciones de la falta de motivación del empleado público en su desempeño. </w:t>
       </w:r>
@@ -2028,51 +2213,50 @@
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>53</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(2). </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol53n2.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="753EE286" w14:textId="77777777" w:rsidR="00B05645" w:rsidRDefault="00B05645" w:rsidP="00B05645">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00D06C25">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Varela Barrios, E. (2023). Administración pública y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D06C25">
         <w:t>management</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D06C25">
         <w:t xml:space="preserve"> público: el tránsito hacia el </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D06C25">
         <w:t>neogerencialismo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D06C25">
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
@@ -2171,379 +2355,213 @@
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol54n1.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="50D8B953" w14:textId="586E9E78" w:rsidR="00075CD8" w:rsidRPr="00075CD8" w:rsidRDefault="00075CD8" w:rsidP="00B05645">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00075CD8" w:rsidRPr="00075CD8">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="5CE7F69D" w14:textId="77777777" w:rsidR="00127167" w:rsidRDefault="005462E8" w:rsidP="00127167">
+    <w:p w14:paraId="538CB3C4" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="002602F8" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00127167">
-[...3 lines deleted...]
-    <w:p w14:paraId="49ECCC49" w14:textId="77777777" w:rsidR="00127167" w:rsidRDefault="00127167" w:rsidP="00127167">
+      <w:r w:rsidR="009D267F">
+        <w:t xml:space="preserve">Se deben agregar los roles que tuvo cada uno de los autores en la realización del artículo, a partir de los establecidos por la </w:t>
+      </w:r>
+      <w:r w:rsidR="009D267F">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">taxonomía CRediT: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D94908" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C65F1E6" w14:textId="77777777" w:rsidR="00127167" w:rsidRDefault="00127167" w:rsidP="00127167">
+    <w:p w14:paraId="3A26B4B1" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:t>Indicar el tipo de artículo.</w:t>
-[...14 lines deleted...]
-        <w:t>Agregar el orcid y correo electrónico de los autores.</w:t>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Conceptualización</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Curación de datos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Análisis formal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Adquisición de fondos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Investigación</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Metodología</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Administración del proyecto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Recursos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Software</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Supervisión</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Validación</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Visualización</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Redacción – borrador original</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Redacción – revisión y edición </w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="1" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="0DFEA4D6" w14:textId="69CB7971" w:rsidR="004E2AC2" w:rsidRDefault="002602F8" w:rsidP="004E2AC2">
+    <w:p w14:paraId="6638DF7F" w14:textId="3B6BADE3" w:rsidR="00C822EF" w:rsidRDefault="00C822EF">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="004E2AC2">
-[...136 lines deleted...]
-        <w:t xml:space="preserve">Redacción – revisión y edición </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Las citas literales de más de 40 palabras deben ir en un párrafo aparte, con un puntaje de letra menor y margen aumentada en ambos lados. </w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="2" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="5FB8B36A" w14:textId="77777777" w:rsidR="007A0684" w:rsidRDefault="00EE640C" w:rsidP="007A0684">
-[...127 lines deleted...]
-  <w:comment w:id="5" w:author="Autor" w:initials="A">
     <w:p w14:paraId="4678F4E3" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="00897B47" w:rsidP="009A53B9">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="009A53B9">
         <w:t>Esta sección debe incluir lo siguiente:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29578E85" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="009A53B9" w:rsidP="009A53B9">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2633,100 +2651,100 @@
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Software utilizado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41906DA8" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="009A53B9" w:rsidP="009A53B9">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subpreguntas que guiaron tanto la búsqueda como el análisis de la información. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="6" w:author="Autor" w:initials="A">
+  <w:comment w:id="3" w:author="Autor" w:initials="A">
     <w:p w14:paraId="023E2F88" w14:textId="5A047641" w:rsidR="00ED2E95" w:rsidRDefault="00ED2E95">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:t xml:space="preserve">Las ecuaciones se insertan dentro de una tabla como esta y se numeran en el costado derecho. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="7" w:author="Autor" w:initials="A">
+  <w:comment w:id="4" w:author="Autor" w:initials="A">
     <w:p w14:paraId="46887A2B" w14:textId="77777777" w:rsidR="00F95FCA" w:rsidRDefault="00F95FCA">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Trátese de datos cuantitativos o cualitativos, este tipo de recursos se debe </w:t>
       </w:r>
       <w:r w:rsidR="00573889">
         <w:t xml:space="preserve">numerar </w:t>
       </w:r>
       <w:r>
         <w:t>como tabla, asignar un título, citar en el cuerpo del texto y declarar la fuente. Si es de los autores, se escribe “elaboración propia”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="700C1BC9" w14:textId="0B51AA4E" w:rsidR="00573889" w:rsidRDefault="00573889">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En todos los casos, debe enviar la tabla editable, bien sea en el mismo archivo de Word o en Excel. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="8" w:author="Autor" w:initials="A">
+  <w:comment w:id="5" w:author="Autor" w:initials="A">
     <w:p w14:paraId="00F0F9C4" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="00CB1C34" w:rsidP="009A53B9">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="009A53B9">
         <w:t xml:space="preserve">En esta sección se presenta la síntesis de la literatura revisada. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37AA91A5" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="009A53B9" w:rsidP="009A53B9">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2751,279 +2769,345 @@
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Patrones y tendencias identificadas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B1E467" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="009A53B9" w:rsidP="009A53B9">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Vacíos y limitaciones de la evidencia existente.</w:t>
       </w:r>
     </w:p>
   </w:comment>
+  <w:comment w:id="6" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="4CF8D236" w14:textId="2589431A" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Todas las figuras deben llegar editables (en Excel o PowerPoint) o en buena calidad (con resolución de 300 DPI), en formatos JPG, PNG, SVG, EPS, AI, etc.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="7" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="00A5311F" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Trátese de diagramas, fotografías, ilustraciones o mapas, por mencionar algunos casos, se debe usar el rótulo Figura, que debe ir numerada, con título y citada en el cuerpo del texto. Así mismo, se debe citar la fuente o declarar si es de elaboración propia. </w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="8" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="128ECEAF" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="00B05645" w:rsidP="009A53B9">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="009A53B9">
+        <w:t xml:space="preserve">En esta sección se interpretan los hallazgos, se contrastan con teorías, se proponen explicaciones y se señalan implicaciones. En caso que se mencionen subpreguntas anteriormente, aquí se puede hacer reflexiones en torno a estas. </w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
   <w:comment w:id="9" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="4CF8D236" w14:textId="2589431A" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
+    <w:p w14:paraId="28A9A795" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="00CB1C34" w:rsidP="009A53B9">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
-        <w:t>Todas las figuras deben llegar editables (en Excel o PowerPoint) o en buena calidad (con resolución de 300 DPI), en formatos JPG, PNG, SVG, EPS, AI, etc.</w:t>
+      <w:r w:rsidR="009A53B9">
+        <w:t>Incluir: alcances, limitaciones y nuevas investigaciones.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="10" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="00A5311F" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
+    <w:p w14:paraId="75BDBE5C" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Trátese de diagramas, fotografías, ilustraciones o mapas, por mencionar algunos casos, se debe usar el rótulo Figura, que debe ir numerada, con título y citada en el cuerpo del texto. Así mismo, se debe citar la fuente o declarar si es de elaboración propia. </w:t>
+        <w:t>Esta sección debe incluir la entidad(es) que financió el proyecto, a qué proyecto pertenece.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="11" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="128ECEAF" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="00B05645" w:rsidP="009A53B9">
+    <w:p w14:paraId="0B3CBBB2" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="009A53B9">
-        <w:t xml:space="preserve">En esta sección se interpretan los hallazgos, se contrastan con teorías, se proponen explicaciones y se señalan implicaciones. En caso que se mencionen subpreguntas anteriormente, aquí se puede hacer reflexiones en torno a estas. </w:t>
+      <w:r>
+        <w:t>Esta sección debe incluir si existen o no conflictos de interés.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="12" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="28A9A795" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="00CB1C34" w:rsidP="009A53B9">
+    <w:p w14:paraId="129CC3BA" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="009A53B9">
-        <w:t>Incluir: alcances, limitaciones y nuevas investigaciones.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Deben declarar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l modelo de IA, su versión, la fecha de uso, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>cómo se usó (prompts), la finalidad de su uso...</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="13" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="49B5EFBB" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="005A328F" w:rsidP="009A53B9">
+    <w:p w14:paraId="6F368624" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="005A328F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="009A53B9">
-[...2 lines deleted...]
-      <w:r w:rsidR="009A53B9">
+      <w:r w:rsidR="009D267F">
+        <w:t xml:space="preserve">Los artículos de revisión deben incluir mínimo 40 referencias. Al menos el 80 % de las referencias deben ser de los últimos 10 años. Para citar material legal como constituciones, decretos, leyes, entre otros, se puede usar el </w:t>
+      </w:r>
+      <w:r w:rsidR="009D267F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bluebook</w:t>
       </w:r>
-      <w:r w:rsidR="009A53B9">
+      <w:r w:rsidR="009D267F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63BABCF6" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="009A53B9" w:rsidP="009A53B9">
+    <w:p w14:paraId="19C50C77" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En los siguientes enlaces puede consultar versiones abreviadas de APA: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF01604" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="009A53B9" w:rsidP="009A53B9">
+    <w:p w14:paraId="377BEE99" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00C4087A">
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidRPr="00D80385">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>APA Style</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E895977" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="009A53B9" w:rsidP="009A53B9">
+    <w:p w14:paraId="287D345B" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00C4087A">
+      <w:hyperlink r:id="rId2" w:history="1">
+        <w:r w:rsidRPr="00D80385">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>Manual de citas y referencias</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="063A050C" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="009A53B9" w:rsidP="009A53B9">
+    <w:p w14:paraId="664E598D" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>En este enlace se puede consultar un manual para combinar APA y Bluebook:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE05687" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="009A53B9" w:rsidP="009A53B9">
+    <w:p w14:paraId="66CE75E6" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00C4087A">
+      <w:hyperlink r:id="rId3" w:history="1">
+        <w:r w:rsidRPr="00D80385">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>Guía para la elaboración de ensayos y citación</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D10014A" w14:textId="77777777" w:rsidR="009A53B9" w:rsidRDefault="009A53B9" w:rsidP="009A53B9">
+    <w:p w14:paraId="2D10014A" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En todo caso, se recomienda usar gestores bibliográficos como Zotero o Mendeley. </w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w15:commentEx w15:paraId="106AD616" w15:done="0"/>
   <w15:commentEx w15:paraId="3A26B4B1" w15:done="0"/>
-  <w15:commentEx w15:paraId="5FB8B36A" w15:done="0"/>
-  <w15:commentEx w15:paraId="68E3058C" w15:done="0"/>
   <w15:commentEx w15:paraId="6638DF7F" w15:done="0"/>
   <w15:commentEx w15:paraId="41906DA8" w15:done="0"/>
   <w15:commentEx w15:paraId="023E2F88" w15:done="0"/>
   <w15:commentEx w15:paraId="700C1BC9" w15:done="0"/>
   <w15:commentEx w15:paraId="55B1E467" w15:done="0"/>
   <w15:commentEx w15:paraId="4CF8D236" w15:done="0"/>
   <w15:commentEx w15:paraId="00A5311F" w15:done="0"/>
   <w15:commentEx w15:paraId="128ECEAF" w15:done="0"/>
   <w15:commentEx w15:paraId="28A9A795" w15:done="0"/>
+  <w15:commentEx w15:paraId="75BDBE5C" w15:done="0"/>
+  <w15:commentEx w15:paraId="0B3CBBB2" w15:done="0"/>
+  <w15:commentEx w15:paraId="129CC3BA" w15:done="0"/>
   <w15:commentEx w15:paraId="2D10014A" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w16cid:commentId w16cid:paraId="106AD616" w16cid:durableId="2835A328"/>
   <w16cid:commentId w16cid:paraId="3A26B4B1" w16cid:durableId="63FD14CB"/>
-  <w16cid:commentId w16cid:paraId="5FB8B36A" w16cid:durableId="2835A30D"/>
-  <w16cid:commentId w16cid:paraId="68E3058C" w16cid:durableId="2835A345"/>
   <w16cid:commentId w16cid:paraId="6638DF7F" w16cid:durableId="2835A56E"/>
   <w16cid:commentId w16cid:paraId="41906DA8" w16cid:durableId="1454717D"/>
   <w16cid:commentId w16cid:paraId="023E2F88" w16cid:durableId="2835A2BF"/>
   <w16cid:commentId w16cid:paraId="700C1BC9" w16cid:durableId="28359676"/>
   <w16cid:commentId w16cid:paraId="55B1E467" w16cid:durableId="1A9BAF16"/>
   <w16cid:commentId w16cid:paraId="4CF8D236" w16cid:durableId="283595BB"/>
   <w16cid:commentId w16cid:paraId="00A5311F" w16cid:durableId="28359620"/>
   <w16cid:commentId w16cid:paraId="128ECEAF" w16cid:durableId="04F080DB"/>
   <w16cid:commentId w16cid:paraId="28A9A795" w16cid:durableId="27D2FEC0"/>
+  <w16cid:commentId w16cid:paraId="75BDBE5C" w16cid:durableId="01685CFC"/>
+  <w16cid:commentId w16cid:paraId="0B3CBBB2" w16cid:durableId="1C8D105C"/>
+  <w16cid:commentId w16cid:paraId="129CC3BA" w16cid:durableId="40D6F07B"/>
   <w16cid:commentId w16cid:paraId="2D10014A" w16cid:durableId="2835938B"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FE50CF6" w14:textId="77777777" w:rsidR="003E1065" w:rsidRDefault="003E1065" w:rsidP="00455B3E">
+    <w:p w14:paraId="762A330E" w14:textId="77777777" w:rsidR="0043101A" w:rsidRDefault="0043101A" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01CD9A4C" w14:textId="77777777" w:rsidR="003E1065" w:rsidRDefault="003E1065" w:rsidP="00455B3E">
+    <w:p w14:paraId="2669C75B" w14:textId="77777777" w:rsidR="0043101A" w:rsidRDefault="0043101A" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3048,61 +3132,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29D0E45B" w14:textId="77777777" w:rsidR="003E1065" w:rsidRDefault="003E1065" w:rsidP="00455B3E">
+    <w:p w14:paraId="77018A6D" w14:textId="77777777" w:rsidR="0043101A" w:rsidRDefault="0043101A" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06F2CE41" w14:textId="77777777" w:rsidR="003E1065" w:rsidRDefault="003E1065" w:rsidP="00455B3E">
+    <w:p w14:paraId="57919057" w14:textId="77777777" w:rsidR="0043101A" w:rsidRDefault="0043101A" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="22F87A07" w14:textId="2C1DEC44" w:rsidR="002602F8" w:rsidRDefault="002602F8">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004E2AC2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E2AC2" w:rsidRPr="004E2AC2">
         <w:t xml:space="preserve">Último título obtenido, filiación </w:t>
       </w:r>
@@ -3402,50 +3486,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="202A56FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06A9240E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE68AF4C"/>
+    <w:lvl w:ilvl="0" w:tplc="7AB4CCCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FBCC843C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="941C5B3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="598CE76C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9DD0B3CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="30D26182">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1F9E5E5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B9546EA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8D42C41E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07AF6261"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F845094"/>
     <w:lvl w:ilvl="0" w:tplc="C088AF3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ecuacinnmero"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="240A001B">
       <w:start w:val="1"/>
@@ -3489,51 +3686,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08403389"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9FC0FFBE"/>
+    <w:lvl w:ilvl="0" w:tplc="C5B43528">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="918E734E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="056EA9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="50646B60">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9F4CA2A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A5123E6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D4A0A052">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0B424EE2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="944EEC7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="096340F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EEC8E28"/>
     <w:lvl w:ilvl="0" w:tplc="27F09D32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0A08432E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -3602,51 +3912,51 @@
     <w:lvl w:ilvl="7" w:tplc="763EA0AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="82CAEEF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16C40F65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73A05018"/>
     <w:lvl w:ilvl="0" w:tplc="3CFE4F90">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DA8604CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -3715,51 +4025,51 @@
     <w:lvl w:ilvl="7" w:tplc="3078D9A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="846E0DB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="207B3FCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B7A89B4"/>
     <w:lvl w:ilvl="0" w:tplc="613249B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="012C5AB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -3828,51 +4138,51 @@
     <w:lvl w:ilvl="7" w:tplc="B74A238C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1F0ED21C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26AE1BEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F640A4E"/>
     <w:lvl w:ilvl="0" w:tplc="CF080B64">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="45A64F20">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -3941,51 +4251,51 @@
     <w:lvl w:ilvl="7" w:tplc="6DF25350">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="905CBEEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27D608DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82102160"/>
     <w:lvl w:ilvl="0" w:tplc="C142BD5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DE749D88">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -4054,51 +4364,51 @@
     <w:lvl w:ilvl="7" w:tplc="1EAAE6AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="96E68322">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29BB287F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78BE7A9A"/>
     <w:lvl w:ilvl="0" w:tplc="097ADBD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5DCE3258">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -4167,51 +4477,164 @@
     <w:lvl w:ilvl="7" w:tplc="1CD221BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A3B02636">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31263DFC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="358CACFC"/>
+    <w:lvl w:ilvl="0" w:tplc="AF1C4248">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1C648698">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E1D8A1B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="49D4D08E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8C201AC6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8C227AE0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="741A6A00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E70EB6B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4072CE18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D233847"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B0CB94A"/>
     <w:lvl w:ilvl="0" w:tplc="240A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4280,51 +4703,51 @@
     <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4368255C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F73C5FE6"/>
     <w:lvl w:ilvl="0" w:tplc="8EC0D12C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1EE0EAEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -4393,51 +4816,51 @@
     <w:lvl w:ilvl="7" w:tplc="DD801096">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CE44B9E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B3C0A98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F721A56"/>
     <w:lvl w:ilvl="0" w:tplc="9CDE95EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="412EF498">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -4506,51 +4929,51 @@
     <w:lvl w:ilvl="7" w:tplc="11E01756">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C3C88700">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="557F43C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BA0C516"/>
     <w:lvl w:ilvl="0" w:tplc="97BA306A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AB9E79C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -4619,51 +5042,51 @@
     <w:lvl w:ilvl="7" w:tplc="83CC8A9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DC949EC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57506B15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B84CF49C"/>
     <w:lvl w:ilvl="0" w:tplc="9B82443C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2FC4D9C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -4732,51 +5155,51 @@
     <w:lvl w:ilvl="7" w:tplc="0D82797E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4E4C14DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59500D96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50CC1418"/>
     <w:lvl w:ilvl="0" w:tplc="240A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4845,51 +5268,51 @@
     <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B31393E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A76C996"/>
     <w:lvl w:ilvl="0" w:tplc="1524881C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1206B47E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -4958,51 +5381,164 @@
     <w:lvl w:ilvl="7" w:tplc="A5C4EE3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BABC6CB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C444D96"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="95869E6E"/>
+    <w:lvl w:ilvl="0" w:tplc="670CD3BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DC50A488">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="71DC964A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3BE6729C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="569C2D7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="790C296A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3EAA5D02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8E805C72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0598EA66">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="737C3616"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3322102A"/>
     <w:lvl w:ilvl="0" w:tplc="5DD67896">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8AEAC950">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -5071,51 +5607,51 @@
     <w:lvl w:ilvl="7" w:tplc="C8D08BD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4C8ABF3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B524593"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96F0DDF0"/>
     <w:lvl w:ilvl="0" w:tplc="C72A0908">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D3F601C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -5184,51 +5720,51 @@
     <w:lvl w:ilvl="7" w:tplc="D3BEB360">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E3ACDBE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CF50BD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B68EB90"/>
     <w:lvl w:ilvl="0" w:tplc="94086574">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7DD0F9C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -5304,135 +5840,147 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="274CD98C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="796335003">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2097163547">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="518928618">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1034311057">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1288967527">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="155998985">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="209650517">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="156195175">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1227766460">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="671296323">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="671296323">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="11" w16cid:durableId="833758287">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1814176821">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2012416483">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1726220290">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="109788249">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="970868695">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="164710697">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1434471807">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1468432014">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2101756312">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1225066384">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="445808475">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="217981191">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="839392046">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1974021549">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1769692531">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
@@ -5445,85 +5993,91 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005770A7"/>
     <w:rsid w:val="0000061A"/>
     <w:rsid w:val="00040E61"/>
     <w:rsid w:val="00075CD8"/>
     <w:rsid w:val="000818DA"/>
     <w:rsid w:val="000A5A2A"/>
     <w:rsid w:val="0011769B"/>
     <w:rsid w:val="00127167"/>
     <w:rsid w:val="00135753"/>
     <w:rsid w:val="001A44F1"/>
     <w:rsid w:val="001B5AA1"/>
     <w:rsid w:val="002602F8"/>
     <w:rsid w:val="002A435E"/>
     <w:rsid w:val="002B7CD0"/>
     <w:rsid w:val="002C4A59"/>
     <w:rsid w:val="002F5526"/>
     <w:rsid w:val="00316F58"/>
     <w:rsid w:val="003244BC"/>
     <w:rsid w:val="003256FF"/>
     <w:rsid w:val="00350538"/>
     <w:rsid w:val="003E1065"/>
     <w:rsid w:val="003E36BF"/>
     <w:rsid w:val="003F689C"/>
+    <w:rsid w:val="0043101A"/>
     <w:rsid w:val="00455B3E"/>
     <w:rsid w:val="004A23F0"/>
     <w:rsid w:val="004B1513"/>
     <w:rsid w:val="004C2E6F"/>
     <w:rsid w:val="004D5D35"/>
     <w:rsid w:val="004E2AC2"/>
     <w:rsid w:val="0051097B"/>
     <w:rsid w:val="005410F3"/>
     <w:rsid w:val="005462E8"/>
     <w:rsid w:val="00562385"/>
     <w:rsid w:val="00573889"/>
     <w:rsid w:val="005770A7"/>
+    <w:rsid w:val="005A16BB"/>
     <w:rsid w:val="005A328F"/>
     <w:rsid w:val="005D6396"/>
     <w:rsid w:val="0061607C"/>
     <w:rsid w:val="00677C9F"/>
     <w:rsid w:val="007A0684"/>
     <w:rsid w:val="007D7A58"/>
     <w:rsid w:val="00807277"/>
     <w:rsid w:val="008151A1"/>
     <w:rsid w:val="00897B47"/>
     <w:rsid w:val="008C233C"/>
     <w:rsid w:val="008F0144"/>
     <w:rsid w:val="00911D68"/>
     <w:rsid w:val="0091429C"/>
+    <w:rsid w:val="00964921"/>
     <w:rsid w:val="009A53B9"/>
     <w:rsid w:val="009C45A8"/>
+    <w:rsid w:val="009D267F"/>
     <w:rsid w:val="00A14005"/>
+    <w:rsid w:val="00AF0C51"/>
     <w:rsid w:val="00B05645"/>
     <w:rsid w:val="00B1387D"/>
     <w:rsid w:val="00B36864"/>
     <w:rsid w:val="00BD776A"/>
     <w:rsid w:val="00C401A3"/>
     <w:rsid w:val="00C76EA2"/>
     <w:rsid w:val="00C822EF"/>
+    <w:rsid w:val="00CA7D09"/>
     <w:rsid w:val="00CB1C34"/>
     <w:rsid w:val="00CC28C5"/>
     <w:rsid w:val="00D35205"/>
     <w:rsid w:val="00D607CB"/>
     <w:rsid w:val="00DA3046"/>
     <w:rsid w:val="00DA3F29"/>
     <w:rsid w:val="00DC15A3"/>
     <w:rsid w:val="00DD4076"/>
     <w:rsid w:val="00E17F87"/>
     <w:rsid w:val="00E37F15"/>
     <w:rsid w:val="00E61759"/>
     <w:rsid w:val="00ED2E95"/>
     <w:rsid w:val="00EE640C"/>
     <w:rsid w:val="00EF6FB2"/>
     <w:rsid w:val="00F24F12"/>
     <w:rsid w:val="00F25777"/>
     <w:rsid w:val="00F95FCA"/>
     <w:rsid w:val="00FA060C"/>
     <w:rsid w:val="00FA74C9"/>
     <w:rsid w:val="00FE391B"/>
     <w:rsid w:val="00FF0718"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -6810,55 +7364,55 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1590578520">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vocabularyserver.com/unbis/es/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.unilibre.edu.co/bitstream/handle/10901/18684/Guia%20elaboraci%c3%b3n%20de%20ensayos%20y%20citacion%202.a%20edicion%20-%20digital%20%281%29.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vocabularies.unesco.org/browser/thesaurus/es/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iate.europa.eu/home" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicina.uniandes.edu.co/sites/default/files/noticias/2020/05-mayo/manual-de-citas-y-referencias-bibliograficas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/referencias/ejemplos/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vocabularios.saij.gob.ar/inap/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.unilibre.edu.co/bitstream/handle/10901/18684/Guia%20elaboraci%c3%b3n%20de%20ensayos%20y%20citacion%202.a%20edicion%20-%20digital%20%281%29.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicina.uniandes.edu.co/sites/default/files/noticias/2020/05-mayo/manual-de-citas-y-referencias-bibliograficas.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/referencias/ejemplos/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol52n1.8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol54n1.903" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n2.10" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n2.2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n1.10" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol54n1.1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol52n1.3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol52n1.8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol54n1.903" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n2.10" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n2.2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n1.10" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol54n1.1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol52n1.3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="es-ES"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
@@ -8115,69 +8669,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB22045E-370A-428F-A2C5-90AACA5EF041}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1507</Words>
-  <Characters>8881</Characters>
+  <Words>1744</Words>
+  <Characters>9598</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>185</Lines>
-  <Paragraphs>90</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10298</CharactersWithSpaces>
+  <CharactersWithSpaces>11320</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>