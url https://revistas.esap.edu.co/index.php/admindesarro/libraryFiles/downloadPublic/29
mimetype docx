--- v1 (2026-02-26)
+++ v2 (2026-03-19)
@@ -116,55 +116,57 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:commentRangeStart w:id="0"/>
       <w:r w:rsidR="002602F8">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="0"/>
-      <w:r w:rsidR="002602F8">
+      <w:r w:rsidR="002602F8" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="es-CO" w:eastAsia="en-US"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:commentReference w:id="0"/>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>, Autor</w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5587E738" wp14:editId="59BE3BD7">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="Imagen 13"/>
@@ -233,51 +235,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Artículo de revisión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1996728C" w14:textId="77777777" w:rsidR="00B05645" w:rsidRPr="00455B3E" w:rsidRDefault="00B05645" w:rsidP="00B05645">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7573B2BD" w14:textId="44DEB66D" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071FDD6E" w14:textId="1D42A369" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="007A0684" w:rsidP="005770A7">
+    <w:p w14:paraId="071FDD6E" w14:textId="0AD5C970" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="007A0684" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00897B47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Problemática: </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. </w:t>
       </w:r>
       <w:r w:rsidR="007D7A58" w:rsidRPr="009A53B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -348,290 +350,291 @@
         <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
       </w:r>
       <w:r w:rsidR="007D7A58" w:rsidRPr="007D7A58">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Conclusión:</w:t>
       </w:r>
       <w:r w:rsidR="007D7A58">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005770A7" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod.</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="009E3A71">
+        <w:rPr>
+          <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-      </w:pPr>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00455B3E">
-[...28 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="009E3A71" w:rsidRPr="002F45F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Problem statement: </w:t>
-      </w:r>
+        <w:t>Contribución /originalidad:</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3A71">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E3A71" w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D50B037" w14:textId="3FF0EE55" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
-          <w:noProof/>
+          <w:rStyle w:val="Fuerte"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008151A1" w:rsidRPr="008151A1">
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>purus ipsum, pretium metus, in lacinia nulla, nisl eget sapien.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455ADF6F" w14:textId="15E52D40" w:rsidR="0091429C" w:rsidRPr="00455B3E" w:rsidRDefault="0091429C" w:rsidP="0091429C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3A9112" w14:textId="11AA651C" w:rsidR="0091429C" w:rsidRPr="00455B3E" w:rsidRDefault="007A0684" w:rsidP="0091429C">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Objective:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008151A1">
+        <w:t xml:space="preserve">Problem statement: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+        <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. </w:t>
       </w:r>
       <w:r w:rsidR="008151A1" w:rsidRPr="008151A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Methodology:</w:t>
+        <w:t>Objective:</w:t>
       </w:r>
       <w:r w:rsidR="008151A1">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0091429C" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
       </w:r>
       <w:r w:rsidR="008151A1" w:rsidRPr="008151A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Results:</w:t>
+        <w:t>Methodology:</w:t>
       </w:r>
       <w:r w:rsidR="008151A1">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0091429C" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D35205" w:rsidRPr="00D35205">
+        <w:t xml:space="preserve">Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. </w:t>
+      </w:r>
+      <w:r w:rsidR="008151A1" w:rsidRPr="008151A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:t>Results:</w:t>
+      </w:r>
+      <w:r w:rsidR="008151A1">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0091429C" w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35205" w:rsidRPr="00D35205">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Conlcusion: </w:t>
       </w:r>
       <w:r w:rsidR="0091429C" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43DC4105" w14:textId="704B29AF" w:rsidR="0091429C" w:rsidRPr="007D7A58" w:rsidRDefault="0091429C" w:rsidP="0091429C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
+          <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:noProof/>
+        <w:t>purus ipsum, pretium metus, in lacinia nulla, nisl eget sapien.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E509989" w14:textId="50C988BA" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>purus ipsum, pretium metus, in lacinia nulla, nisl eget sapien.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Introducción</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="586749FE" w14:textId="77777777" w:rsidR="0051097B" w:rsidRDefault="005770A7" w:rsidP="005770A7">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
+          <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Introducción</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve">Nunc ac magna. Maecenas odio dolor, </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">vulputate vel, auctor ac, accumsan id, felis. </w:t>
+        <w:t xml:space="preserve">Nunc ac magna. Maecenas odio dolor, vulputate vel, auctor ac, accumsan id, felis. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pellentesque cursus sagittis felis. Pellentesque porttitor, velit lacinia egestas auctor, diam eros tempus arcu, nec vulputate augue magna vel risus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Cras non magna vel ante adipiscing rhoncus. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB2A741" w14:textId="2FA7EE22" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
@@ -655,54 +658,57 @@
     </w:p>
     <w:p w14:paraId="18B93602" w14:textId="77777777" w:rsidR="005770A7" w:rsidRPr="001A44F1" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Cita"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="1"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">In in nunc. Class aptent taciti sociosqu ad litora torquent per conubia nostra, per inceptos hymenaeos. Donec ullamcorper fringilla eros. Fusce in sapien eu purus dapibus commodo. Cum sociis natoque penatibus et magnis dis parturient montes, nascetur ridiculus mus. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A44F1">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Cras faucibus condimentum odio. Sed ac ligula. Aliquam at eros. Etiam at ligula et tellus ullamcorper ultrices. In fermentum, lorem non cursus porttitor, diam urna accumsan lacus, sed interdum wisi nibh nec nisl. Ut tincidunt volutpat urna. Mauris eleifend nulla eget mauris. Sed cursus quam id felis. Curabitur posuere quam vel nibh. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
-      <w:r w:rsidR="00C822EF">
+      <w:r w:rsidR="00C822EF" w:rsidRPr="001A44F1">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:iCs w:val="0"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="60E0D23C" w14:textId="16D8DD94" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cras dapibus dapibus nisl. Vestibulum quis dolor a felis congue vehicula. Maecenas pede purus, tristique ac, tempus eget, egestas quis, mauris. Curabitur non eros. Nullam hendrerit bibendum justo. Fusce iaculis, est quis lacinia pretium, pede metus molestie lacus, at gravida wisi ante at libero.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F4DD7E" w14:textId="77777777" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -879,125 +885,117 @@
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>quis, libero</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF20F79" w14:textId="77777777" w:rsidR="00897B47" w:rsidRDefault="00897B47" w:rsidP="00897B47">
       <w:pPr>
         <w:pStyle w:val="Listaconnmeros"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="795ADC3E" w14:textId="38741849" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:commentRangeStart w:id="2"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Metodología</w:t>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r w:rsidR="00897B47">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DAF7853" w14:textId="70000A31" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aliquam nonummy adipiscing augue. Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. </w:t>
+        <w:t xml:space="preserve">Aliquam nonummy adipiscing augue. Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce est. Vivamus a tellus. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4994" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7944"/>
         <w:gridCol w:w="883"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED2E95" w14:paraId="09FCFAB6" w14:textId="77777777" w:rsidTr="00D553B1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DB6ED2A" w14:textId="77777777" w:rsidR="00ED2E95" w:rsidRPr="0055742B" w:rsidRDefault="00ED2E95" w:rsidP="0055742B">
             <w:pPr>
               <w:pStyle w:val="Ecuacintexto"/>
             </w:pPr>
             <w:commentRangeStart w:id="3"/>
             <w:r>
               <w:t>A + B + C = D</w:t>
             </w:r>
             <w:commentRangeEnd w:id="3"/>
-            <w:r>
+            <w:r w:rsidRPr="0055742B">
               <w:rPr>
                 <w:rStyle w:val="Refdecomentario"/>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:commentReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB52944" w14:textId="77777777" w:rsidR="00ED2E95" w:rsidRDefault="00ED2E95">
             <w:pPr>
               <w:pStyle w:val="Ecuacinnmero"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58D469EE" w14:textId="549082F8" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="004E2AC2">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
@@ -1025,53 +1023,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien. Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33EDB998" w14:textId="1E58BDBD" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="4"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Tabla 1</w:t>
       </w:r>
       <w:commentRangeEnd w:id="4"/>
-      <w:r w:rsidR="00F95FCA">
+      <w:r w:rsidR="00F95FCA" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>. Título de tabla</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablanormal1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1583"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1473"/>
         <w:gridCol w:w="1475"/>
         <w:gridCol w:w="1355"/>
       </w:tblGrid>
@@ -1589,55 +1591,56 @@
         <w:t xml:space="preserve">Sed ac ligula. Aliquam at eros. Etiam at ligula et tellus ullamcorper ultrices. In fermentum, lorem non cursus porttitor, diam urna accumsan lacus, sed interdum wisi nibh nec nisl. Ut tincidunt volutpat urna. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mauris eleifend nulla eget mauris. Sed cursus quam id felis. Curabitur posuere quam vel nibh. Cras dapibus dapibus nisl. Vestibulum quis dolor a felis congue vehicula. Maecenas pede purus, tristique ac, tempus eget, egestas quis, mauris. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30A6EEC4" w14:textId="3F8A24F7" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="5"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Resultados </w:t>
       </w:r>
       <w:commentRangeEnd w:id="5"/>
-      <w:r w:rsidR="00CB1C34">
+      <w:r w:rsidR="00CB1C34" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:commentReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="108B1535" w14:textId="63AB050A" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce iaculis, est quis lacinia pretium, pede metus molestie lacus, at gravida wisi ante at libero. Quisque ornare placerat risus. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ut molestie magna at mi. Integer aliquet mauris et nibh. Ut mattis ligula posuere velit. Nunc sagittis. Curabitur varius fringilla nisl. </w:t>
       </w:r>
@@ -1665,411 +1668,373 @@
       </w:pPr>
       <w:commentRangeStart w:id="6"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43687280" wp14:editId="31BDEFEE">
             <wp:extent cx="5486400" cy="2160000"/>
             <wp:effectExtent l="0" t="0" r="0" b="12065"/>
             <wp:docPr id="1" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:commentRangeEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="123A6D08" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="7"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Figura</w:t>
       </w:r>
       <w:commentRangeEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Título de la figura</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66757723" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Fuente: elaboración propia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D6316A" w14:textId="6B394244" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec nulla augue, venenatis scelerisque, dapibus a, consequat at, leo. Pellentesque libero lectus, tristique ac, consectetuer sit amet, imperdiet ut, justo. Sed aliquam odio vitae tortor. Proin hendrerit tempus arcu. In hac habitasse platea dictumst. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B8EC07" w14:textId="46A71B23" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="8"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
       <w:commentRangeEnd w:id="8"/>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B05645">
+      <w:r w:rsidR="00B05645" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA7D669" w14:textId="5FB2B2BB" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Nunc lacus metus, posuere eget, lacinia eu, varius quis, libero. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aliquam nonummy adipiscing augue. Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C8DBDE" w14:textId="1C775136" w:rsidR="005770A7" w:rsidRPr="00075CD8" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:commentRangeStart w:id="9"/>
       <w:r w:rsidRPr="00075CD8">
         <w:t>Conclusiones</w:t>
       </w:r>
       <w:commentRangeEnd w:id="9"/>
-      <w:r w:rsidR="00CB1C34">
+      <w:r w:rsidR="00CB1C34" w:rsidRPr="00075CD8">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F190BFF" w14:textId="0EB012B5" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677C9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59D82331" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="10"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Financiación</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Financiación </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:commentReference w:id="10"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53CAFD2B" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677C9F">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5F49D1" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Conflicto de interés</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="10"/>
+      <w:commentRangeEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:commentReference w:id="11"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9F9FAF" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677C9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5F49D1" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRDefault="005A16BB" w:rsidP="005A16BB">
+    <w:p w14:paraId="47BAFB5D" w14:textId="77777777" w:rsidR="009D267F" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
+      <w:commentRangeStart w:id="12"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Conflicto</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>Declaración de uso de IA</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="fr-FR"/>
-        </w:rPr>
-[...89 lines deleted...]
-          <w:b w:val="0"/>
         </w:rPr>
         <w:commentReference w:id="12"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B4A0B34" w14:textId="77777777" w:rsidR="009D267F" w:rsidRPr="00455B3E" w:rsidRDefault="009D267F" w:rsidP="009D267F">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677C9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B94B56E" w14:textId="77777777" w:rsidR="005A16BB" w:rsidRPr="00455B3E" w:rsidRDefault="005A16BB" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28734428" w14:textId="0C4BBE85" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:commentRangeStart w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
       <w:commentRangeEnd w:id="13"/>
       <w:r w:rsidR="005A328F">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C2342B" w14:textId="77777777" w:rsidR="00B05645" w:rsidRDefault="00B05645" w:rsidP="00B05645">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
       </w:pPr>
       <w:r w:rsidRPr="007A6E24">
         <w:t xml:space="preserve">Álvarez Collazos, A., </w:t>
       </w:r>
       <w:r>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E24">
         <w:t xml:space="preserve"> Sánchez Rincón, D. (2022). Implicaciones de la falta de motivación del empleado público en su desempeño. </w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E24">
@@ -2119,67 +2084,51 @@
         <w:t>52</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1), 35-54. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol52n1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="64590AA1" w14:textId="77777777" w:rsidR="00B05645" w:rsidRDefault="00B05645" w:rsidP="00B05645">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00D06C25">
         <w:t xml:space="preserve">Cifuentes Martínez, W. E., </w:t>
       </w:r>
       <w:r>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
-        <w:t xml:space="preserve"> Duarte Vega, C. (2023). Creación de valor público desde la perspectiva de los </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de literatura. </w:t>
+        <w:t xml:space="preserve"> Duarte Vega, C. (2023). Creación de valor público desde la perspectiva de los stakeholders. Una revisión semisistemática de literatura. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>53</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1), 1-39. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
@@ -2213,67 +2162,51 @@
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>53</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(2). </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol53n2.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="753EE286" w14:textId="77777777" w:rsidR="00B05645" w:rsidRDefault="00B05645" w:rsidP="00B05645">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00D06C25">
-        <w:t xml:space="preserve">Varela Barrios, E. (2023). Administración pública y </w:t>
-[...15 lines deleted...]
-        <w:t>. </w:t>
+        <w:t>Varela Barrios, E. (2023). Administración pública y management público: el tránsito hacia el neogerencialismo. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>53</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(2). </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
@@ -2300,57 +2233,52 @@
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1), e903. </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol54n1.903</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="76E3372D" w14:textId="77777777" w:rsidR="00B05645" w:rsidRDefault="00B05645" w:rsidP="00B05645">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D06C25">
-        <w:t>Alvez</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Taylor, L. I. (2024). La construcción de capacidades estatales en instituciones estratégicas: el caso CNEA (2012-2019). </w:t>
+        <w:t>Alvez Taylor, L. I. (2024). La construcción de capacidades estatales en instituciones estratégicas: el caso CNEA (2012-2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1). </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
@@ -3053,61 +2981,61 @@
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="3A26B4B1" w16cid:durableId="63FD14CB"/>
   <w16cid:commentId w16cid:paraId="6638DF7F" w16cid:durableId="2835A56E"/>
   <w16cid:commentId w16cid:paraId="41906DA8" w16cid:durableId="1454717D"/>
   <w16cid:commentId w16cid:paraId="023E2F88" w16cid:durableId="2835A2BF"/>
   <w16cid:commentId w16cid:paraId="700C1BC9" w16cid:durableId="28359676"/>
   <w16cid:commentId w16cid:paraId="55B1E467" w16cid:durableId="1A9BAF16"/>
   <w16cid:commentId w16cid:paraId="4CF8D236" w16cid:durableId="283595BB"/>
   <w16cid:commentId w16cid:paraId="00A5311F" w16cid:durableId="28359620"/>
   <w16cid:commentId w16cid:paraId="128ECEAF" w16cid:durableId="04F080DB"/>
   <w16cid:commentId w16cid:paraId="28A9A795" w16cid:durableId="27D2FEC0"/>
   <w16cid:commentId w16cid:paraId="75BDBE5C" w16cid:durableId="01685CFC"/>
   <w16cid:commentId w16cid:paraId="0B3CBBB2" w16cid:durableId="1C8D105C"/>
   <w16cid:commentId w16cid:paraId="129CC3BA" w16cid:durableId="40D6F07B"/>
   <w16cid:commentId w16cid:paraId="2D10014A" w16cid:durableId="2835938B"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="762A330E" w14:textId="77777777" w:rsidR="0043101A" w:rsidRDefault="0043101A" w:rsidP="00455B3E">
+    <w:p w14:paraId="71F756DB" w14:textId="77777777" w:rsidR="00F10E02" w:rsidRDefault="00F10E02" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2669C75B" w14:textId="77777777" w:rsidR="0043101A" w:rsidRDefault="0043101A" w:rsidP="00455B3E">
+    <w:p w14:paraId="08855201" w14:textId="77777777" w:rsidR="00F10E02" w:rsidRDefault="00F10E02" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3132,88 +3060,97 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77018A6D" w14:textId="77777777" w:rsidR="0043101A" w:rsidRDefault="0043101A" w:rsidP="00455B3E">
+    <w:p w14:paraId="18CF4F4D" w14:textId="77777777" w:rsidR="00F10E02" w:rsidRDefault="00F10E02" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57919057" w14:textId="77777777" w:rsidR="0043101A" w:rsidRDefault="0043101A" w:rsidP="00455B3E">
+    <w:p w14:paraId="05209CCE" w14:textId="77777777" w:rsidR="00F10E02" w:rsidRDefault="00F10E02" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="22F87A07" w14:textId="2C1DEC44" w:rsidR="002602F8" w:rsidRDefault="002602F8">
+    <w:p w14:paraId="22F87A07" w14:textId="380C1A02" w:rsidR="002602F8" w:rsidRDefault="002602F8">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004E2AC2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E2AC2" w:rsidRPr="004E2AC2">
         <w:t xml:space="preserve">Último título obtenido, filiación </w:t>
       </w:r>
       <w:r w:rsidR="004E2AC2">
-        <w:t xml:space="preserve">institucional y correo electrónico. </w:t>
+        <w:t>institucional</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97324">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D97324" w:rsidRPr="00D97324">
+        <w:t>enlace ORCID, enlace perfil Google Scholar</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2AC2">
+        <w:t xml:space="preserve"> y correo electrónico. </w:t>
       </w:r>
       <w:r w:rsidRPr="002602F8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Roles:</w:t>
       </w:r>
       <w:r w:rsidRPr="002602F8">
         <w:t xml:space="preserve"> redacción - documento original, metodología, investigación. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="60EE8B90" w14:textId="3C17599C" w:rsidR="004E2AC2" w:rsidRDefault="004E2AC2">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
@@ -5946,152 +5883,157 @@
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="445808475">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="217981191">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="839392046">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1974021549">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1769692531">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005770A7"/>
     <w:rsid w:val="0000061A"/>
     <w:rsid w:val="00040E61"/>
     <w:rsid w:val="00075CD8"/>
     <w:rsid w:val="000818DA"/>
+    <w:rsid w:val="000A392D"/>
     <w:rsid w:val="000A5A2A"/>
+    <w:rsid w:val="000C4A3B"/>
     <w:rsid w:val="0011769B"/>
     <w:rsid w:val="00127167"/>
     <w:rsid w:val="00135753"/>
     <w:rsid w:val="001A44F1"/>
     <w:rsid w:val="001B5AA1"/>
     <w:rsid w:val="002602F8"/>
     <w:rsid w:val="002A435E"/>
     <w:rsid w:val="002B7CD0"/>
     <w:rsid w:val="002C4A59"/>
     <w:rsid w:val="002F5526"/>
     <w:rsid w:val="00316F58"/>
     <w:rsid w:val="003244BC"/>
     <w:rsid w:val="003256FF"/>
     <w:rsid w:val="00350538"/>
     <w:rsid w:val="003E1065"/>
     <w:rsid w:val="003E36BF"/>
     <w:rsid w:val="003F689C"/>
     <w:rsid w:val="0043101A"/>
     <w:rsid w:val="00455B3E"/>
     <w:rsid w:val="004A23F0"/>
     <w:rsid w:val="004B1513"/>
     <w:rsid w:val="004C2E6F"/>
     <w:rsid w:val="004D5D35"/>
     <w:rsid w:val="004E2AC2"/>
     <w:rsid w:val="0051097B"/>
     <w:rsid w:val="005410F3"/>
     <w:rsid w:val="005462E8"/>
     <w:rsid w:val="00562385"/>
     <w:rsid w:val="00573889"/>
     <w:rsid w:val="005770A7"/>
     <w:rsid w:val="005A16BB"/>
     <w:rsid w:val="005A328F"/>
+    <w:rsid w:val="005B3916"/>
     <w:rsid w:val="005D6396"/>
     <w:rsid w:val="0061607C"/>
     <w:rsid w:val="00677C9F"/>
     <w:rsid w:val="007A0684"/>
     <w:rsid w:val="007D7A58"/>
     <w:rsid w:val="00807277"/>
     <w:rsid w:val="008151A1"/>
     <w:rsid w:val="00897B47"/>
     <w:rsid w:val="008C233C"/>
     <w:rsid w:val="008F0144"/>
     <w:rsid w:val="00911D68"/>
     <w:rsid w:val="0091429C"/>
     <w:rsid w:val="00964921"/>
     <w:rsid w:val="009A53B9"/>
     <w:rsid w:val="009C45A8"/>
     <w:rsid w:val="009D267F"/>
+    <w:rsid w:val="009E3A71"/>
     <w:rsid w:val="00A14005"/>
     <w:rsid w:val="00AF0C51"/>
     <w:rsid w:val="00B05645"/>
     <w:rsid w:val="00B1387D"/>
     <w:rsid w:val="00B36864"/>
     <w:rsid w:val="00BD776A"/>
     <w:rsid w:val="00C401A3"/>
     <w:rsid w:val="00C76EA2"/>
     <w:rsid w:val="00C822EF"/>
     <w:rsid w:val="00CA7D09"/>
     <w:rsid w:val="00CB1C34"/>
     <w:rsid w:val="00CC28C5"/>
     <w:rsid w:val="00D35205"/>
     <w:rsid w:val="00D607CB"/>
+    <w:rsid w:val="00D97324"/>
     <w:rsid w:val="00DA3046"/>
     <w:rsid w:val="00DA3F29"/>
     <w:rsid w:val="00DC15A3"/>
     <w:rsid w:val="00DD4076"/>
     <w:rsid w:val="00E17F87"/>
     <w:rsid w:val="00E37F15"/>
     <w:rsid w:val="00E61759"/>
     <w:rsid w:val="00ED2E95"/>
     <w:rsid w:val="00EE640C"/>
     <w:rsid w:val="00EF6FB2"/>
+    <w:rsid w:val="00F10E02"/>
     <w:rsid w:val="00F24F12"/>
     <w:rsid w:val="00F25777"/>
     <w:rsid w:val="00F95FCA"/>
     <w:rsid w:val="00FA060C"/>
     <w:rsid w:val="00FA74C9"/>
     <w:rsid w:val="00FE391B"/>
     <w:rsid w:val="00FF0718"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -6584,51 +6526,50 @@
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005770A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="1416"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -6660,51 +6601,51 @@
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005770A7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005770A7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="005770A7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cita">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaCar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="0091429C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
       <w:ind w:left="864" w:right="864"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:sz w:val="20"/>
@@ -8669,69 +8610,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB22045E-370A-428F-A2C5-90AACA5EF041}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1744</Words>
-  <Characters>9598</Characters>
+  <Words>1777</Words>
+  <Characters>9774</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>81</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11320</CharactersWithSpaces>
+  <CharactersWithSpaces>11528</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>