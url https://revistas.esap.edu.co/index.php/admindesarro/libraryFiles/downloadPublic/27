--- v0 (2025-10-11)
+++ v1 (2026-02-26)
@@ -1,55 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="65B37B70" w14:textId="221CA67A" w:rsidR="00B544E8" w:rsidRPr="00B544E8" w:rsidRDefault="00B544E8" w:rsidP="00B544E8">
+    <w:p w14:paraId="520FF364" w14:textId="77777777" w:rsidR="00293551" w:rsidRDefault="00293551" w:rsidP="00B544E8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65B37B70" w14:textId="3304968A" w:rsidR="00B544E8" w:rsidRPr="00B544E8" w:rsidRDefault="00B544E8" w:rsidP="00B544E8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B544E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista </w:t>
       </w:r>
       <w:r w:rsidRPr="00B544E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -2138,82 +2149,4375 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>, sistema de indexación del Ministerio de Ciencia, Tecnología e Innovación de Colombia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461FB38D" w14:textId="77777777" w:rsidR="00B544E8" w:rsidRPr="00B544E8" w:rsidRDefault="00B544E8" w:rsidP="00B544E8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B544E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>Respecto a los datos requeridos, autorizo que sean tratados con la debida confidencialidad, conforme a la normativa colombiana sobre protección de datos personales. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E60F07" w14:textId="61172E7A" w:rsidR="001B4BA8" w:rsidRPr="00B544E8" w:rsidRDefault="001B4BA8" w:rsidP="00B63C3A">
+    <w:p w14:paraId="28E60F07" w14:textId="61172E7A" w:rsidR="001B4BA8" w:rsidRDefault="001B4BA8" w:rsidP="00B63C3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001B4BA8" w:rsidRPr="00B544E8" w:rsidSect="00B544E8">
+    <w:p w14:paraId="26B32C92" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administración &amp; Desarrollo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C19D54" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Formato de hoja de vida de autores</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BD7383" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9000" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2474"/>
+        <w:gridCol w:w="1755"/>
+        <w:gridCol w:w="1165"/>
+        <w:gridCol w:w="1251"/>
+        <w:gridCol w:w="2355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="21704290" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="370533D2" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nombres y apellidos completos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA1C0DA" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="24F0BA4C" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB66035" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>País de nacimiento</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7195BF8C" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18E24616" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fecha nacimiento </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3606" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA786F2" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="7F056D7A" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4227BAEB" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tipo de documento</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="093AA3E3" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29ADFF20" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de documento </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3606" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1321494B" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="5DF199E8" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E45DA1C" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Filiación Institucional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28CD1028" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="317A9F0B" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18AA4F25" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fecha de inicio de actividades en la filiación institucional*:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58AB0D91" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35344653" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="7166F00A" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48342803" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Enlace ORCID</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13EFCBB7" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="1B4B2C5C" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15139131" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enlace Google </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Acádémico</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB5CB76" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="00E3208C" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF18BA2" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Índice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> H5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="268680E6" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="110BB021" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fuente </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08709ACA" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PoP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62EEDEB8" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>GAcadémico</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="3D985208" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24645D53" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enlace </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CvLac</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> * para </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>colombianos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="395CF10D" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="4D7D33FB" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="178FD806" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Correo electrónico institucional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="045F0CDD" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="12D6793E" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="573FF8C7" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Correo electrónico personal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C37C6E7" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="04443D1D" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48F5F386" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Línea WhatsApp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8C37C5" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="48E92C05" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344A9548" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Formación            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2250"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="02809302" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4DC05A" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nivel </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD90454" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Programa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4987D6DE" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fecha Inicio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B4AE001" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fecha Final </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="101FFB42" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="199464F5" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pregrado </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF1CB71" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1316A6FD" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6710F1FA" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="794B8281" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35F6DAFC" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Maestría </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3BBE60" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="410357FE" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3853936D" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="20AEF595" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60DA7AC2" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Doctorado </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38A453E5" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="133355DB" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="337167FC" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="6022A6EC" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73101018" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Post Doctorado </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A46670C" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09EC1ACB" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41CC92A5" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C6A838D" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D458D92" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Resumen biográfico (100 palabras máximo):  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4054C93F" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9394"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A138E6" w14:paraId="4FF2C9BF" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="1820"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB93A00" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3032839F" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De acuerdo con su solicitud en calidad editor de la revista </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Administración &amp; Desarrollo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, publicación de la Escuela Superior de Administración Pública - ESAP de Colombia, manifiesto mi aceptación para que mis datos sean agregados en el aplicativo de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Publindex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>, sistema de indexación del Ministerio de Ciencia, Tecnología e Innovación de Colombia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF03F6F" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Respecto a los datos requeridos, autorizo que sean tratados con la debida confidencialidad, conforme a la normativa colombiana sobre protección de datos personales. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BE428A" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="690B9154" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administración &amp; Desarrollo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD3449D" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Formato de hoja de vida de autores</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FC39F6" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9000" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2474"/>
+        <w:gridCol w:w="1755"/>
+        <w:gridCol w:w="1165"/>
+        <w:gridCol w:w="1251"/>
+        <w:gridCol w:w="2355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="77276BFE" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5148872E" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nombres y apellidos completos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6676D071" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="0231A56F" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E66F386" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>País de nacimiento</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E992616" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2456DBA2" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fecha nacimiento </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3606" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33348DD3" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="3B7AB726" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45A43544" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tipo de documento</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="479C5669" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53ABC96B" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de documento </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3606" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="005AEE75" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="363952D0" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD112EE" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Filiación Institucional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08D032CB" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="5D9AB477" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="502AD0D3" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fecha de inicio de actividades en la filiación institucional*:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="159A11A3" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52A34BAB" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="3F923C3D" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="130A0ECD" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Enlace ORCID</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03E69296" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="4D27EF00" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="681DCF64" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enlace Google </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Acádémico</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAA2A5C" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="1F576FDF" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1008BC34" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Índice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> H5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A28CB44" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A0AC845" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fuente </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB1CD5E" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PoP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="322061DF" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>GAcadémico</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="7777E444" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="786B78E7" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enlace </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CvLac</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> * para </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>colombianos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0A2D47" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="22FA01AB" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D7CFEFC" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Correo electrónico institucional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4EF42B" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="4FD53A2D" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1ED41C" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Correo electrónico personal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75BC31F3" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="5C121A31" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4225B6C6" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Línea WhatsApp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE1AF62" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3D83B09A" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001AE5E1" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Formación            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2250"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="38AC8911" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22F1ABBA" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nivel </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C55C0E3" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Programa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70D57CCF" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fecha Inicio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="492201D1" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fecha Final </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="64578E15" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E13185B" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pregrado </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9A4A54" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3322483E" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="453A3030" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="4E66D340" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF2A402" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Maestría </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="308A952D" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F89BEE1" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="726CAE47" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="77AA5BDD" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59C32906" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Doctorado </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F099ECD" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1DED3A" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2279E0" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w14:paraId="39FC0317" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D933727" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Post Doctorado </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73B7B565" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69B6E8E9" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2912315A" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B544E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="140F6871" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E267DC9" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Resumen biográfico (100 palabras máximo):  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B44D7B" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9394"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A138E6" w14:paraId="31084C59" w14:textId="77777777" w:rsidTr="003874AD">
+        <w:trPr>
+          <w:trHeight w:val="1820"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="410D29C5" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRDefault="00A138E6" w:rsidP="003874AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2665CDBF" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De acuerdo con su solicitud en calidad editor de la revista </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Administración &amp; Desarrollo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, publicación de la Escuela Superior de Administración Pública - ESAP de Colombia, manifiesto mi aceptación para que mis datos sean agregados en el aplicativo de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Publindex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>, sistema de indexación del Ministerio de Ciencia, Tecnología e Innovación de Colombia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A92E2F1" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B544E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Respecto a los datos requeridos, autorizo que sean tratados con la debida confidencialidad, conforme a la normativa colombiana sobre protección de datos personales. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6019071F" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00A138E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34F14364" w14:textId="77777777" w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidRDefault="00A138E6" w:rsidP="00B63C3A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A138E6" w:rsidRPr="00B544E8" w:rsidSect="00B544E8">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1560" w:right="1418" w:bottom="1701" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70A308F0" w14:textId="77777777" w:rsidR="00E450EA" w:rsidRDefault="00E450EA" w:rsidP="00B42580">
+    <w:p w14:paraId="20F05C2D" w14:textId="77777777" w:rsidR="00682FBA" w:rsidRDefault="00682FBA" w:rsidP="00B42580">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05731156" w14:textId="77777777" w:rsidR="00E450EA" w:rsidRDefault="00E450EA" w:rsidP="00B42580">
+    <w:p w14:paraId="48C657E7" w14:textId="77777777" w:rsidR="00682FBA" w:rsidRDefault="00682FBA" w:rsidP="00B42580">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -2559,145 +6863,143 @@
                     </w:pPr>
                     <w:r w:rsidRPr="00B42580">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Línea nacional gratuita PBX: 018000 423713</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="581571BA" w14:textId="77777777" w:rsidR="00E450EA" w:rsidRDefault="00E450EA" w:rsidP="00B42580">
+    <w:p w14:paraId="3402015B" w14:textId="77777777" w:rsidR="00682FBA" w:rsidRDefault="00682FBA" w:rsidP="00B42580">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51CE4E3D" w14:textId="77777777" w:rsidR="00E450EA" w:rsidRDefault="00E450EA" w:rsidP="00B42580">
+    <w:p w14:paraId="725AD4A7" w14:textId="77777777" w:rsidR="00682FBA" w:rsidRDefault="00682FBA" w:rsidP="00B42580">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="62EBA4C5" w14:textId="3FDDE339" w:rsidR="00B42580" w:rsidRDefault="00C7057F">
+  <w:p w14:paraId="62EBA4C5" w14:textId="0D33DD21" w:rsidR="00B42580" w:rsidRDefault="00293551" w:rsidP="00293551">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4419"/>
+        <w:tab w:val="clear" w:pos="8838"/>
+        <w:tab w:val="left" w:pos="3765"/>
+      </w:tabs>
     </w:pPr>
-    <w:r w:rsidRPr="00F00879">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E62C90A" wp14:editId="35EA5ECE">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1ADAE60D" wp14:editId="555DDEA9">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="margin">
-            <wp:posOffset>2326640</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4081145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-193040</wp:posOffset>
+            <wp:posOffset>-97790</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="4439466" cy="628650"/>
-[...2 lines deleted...]
-          <wp:docPr id="948521152" name="Imagen 1" descr="Imagen que contiene Aplicación&#10;&#10;Descripción generada automáticamente"/>
+          <wp:extent cx="2552700" cy="435610"/>
+          <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1435219972" name="Imagen 3" descr="Imagen que contiene Texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="752682546" name="Imagen 1" descr="Imagen que contiene Aplicación&#10;&#10;Descripción generada automáticamente"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="1435219972" name="Imagen 3" descr="Imagen que contiene Texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="4439466" cy="628650"/>
+                    <a:ext cx="2552700" cy="435610"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
+          <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="page">
+          <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="007A110B" w:rsidRPr="007A110B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64192822" wp14:editId="3425977D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64192822" wp14:editId="016DF350">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-889544</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-439329</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7791174" cy="1251857"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:wrapNone/>
           <wp:docPr id="1748926933" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1436963895" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2708,123 +7010,130 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7897498" cy="1268941"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B42580"/>
     <w:rsid w:val="000426DA"/>
     <w:rsid w:val="001201BD"/>
     <w:rsid w:val="001259D6"/>
     <w:rsid w:val="00141D9C"/>
     <w:rsid w:val="001B05A1"/>
     <w:rsid w:val="001B4BA8"/>
     <w:rsid w:val="001B538B"/>
     <w:rsid w:val="0021086C"/>
     <w:rsid w:val="00250467"/>
+    <w:rsid w:val="00293551"/>
     <w:rsid w:val="002A0B3E"/>
     <w:rsid w:val="002E37F2"/>
     <w:rsid w:val="003310B1"/>
     <w:rsid w:val="0033569D"/>
     <w:rsid w:val="003B3F5C"/>
     <w:rsid w:val="003C2334"/>
     <w:rsid w:val="00426D61"/>
     <w:rsid w:val="004911F1"/>
     <w:rsid w:val="004D3EDE"/>
     <w:rsid w:val="00505C75"/>
     <w:rsid w:val="00521A08"/>
     <w:rsid w:val="00577DFF"/>
     <w:rsid w:val="005A200F"/>
     <w:rsid w:val="005A2EEB"/>
     <w:rsid w:val="006006AE"/>
     <w:rsid w:val="006279AA"/>
+    <w:rsid w:val="00682FBA"/>
     <w:rsid w:val="006A7942"/>
     <w:rsid w:val="006B0137"/>
     <w:rsid w:val="007216BE"/>
     <w:rsid w:val="007267B7"/>
     <w:rsid w:val="007A110B"/>
     <w:rsid w:val="007F7144"/>
     <w:rsid w:val="00843E0E"/>
     <w:rsid w:val="0088248E"/>
     <w:rsid w:val="008B1262"/>
     <w:rsid w:val="008C01FA"/>
     <w:rsid w:val="008C1709"/>
     <w:rsid w:val="008D60FC"/>
     <w:rsid w:val="009D676E"/>
     <w:rsid w:val="00A074BF"/>
+    <w:rsid w:val="00A138E6"/>
     <w:rsid w:val="00A41E3F"/>
     <w:rsid w:val="00AC06AB"/>
+    <w:rsid w:val="00AF0C51"/>
     <w:rsid w:val="00B42580"/>
     <w:rsid w:val="00B544E8"/>
     <w:rsid w:val="00B63C3A"/>
     <w:rsid w:val="00BF3AB1"/>
     <w:rsid w:val="00C7057F"/>
     <w:rsid w:val="00CB0C15"/>
     <w:rsid w:val="00CD4FC1"/>
     <w:rsid w:val="00CE6309"/>
     <w:rsid w:val="00CE6ECF"/>
     <w:rsid w:val="00D10F31"/>
     <w:rsid w:val="00D141B1"/>
     <w:rsid w:val="00E450EA"/>
     <w:rsid w:val="00E86D92"/>
     <w:rsid w:val="00EC63AA"/>
     <w:rsid w:val="00EE7638"/>
     <w:rsid w:val="00FE2205"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -3382,51 +7691,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3684,55 +7993,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1021</Characters>
+  <Pages>4</Pages>
+  <Words>556</Words>
+  <Characters>3064</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1204</CharactersWithSpaces>
+  <CharactersWithSpaces>3613</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>