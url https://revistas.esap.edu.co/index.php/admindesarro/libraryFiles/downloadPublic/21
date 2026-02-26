--- v0 (2025-10-11)
+++ v1 (2026-02-26)
@@ -1,1976 +1,1373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="23F9D705" w14:textId="77777777" w:rsidR="004F2B91" w:rsidRPr="00F03194" w:rsidRDefault="004F2B91" w:rsidP="00F40810">
-[...34 lines deleted...]
-    <w:p w14:paraId="122A9C31" w14:textId="01DF7F27" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="122A9C31" w14:textId="1CEBCAF6" w:rsidR="00F03194" w:rsidRDefault="00F03194" w:rsidP="00E34FB3">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciudad y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Fecha]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5DBE4D" w14:textId="77777777" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F03194">
-[...8 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="049D2D9E" w14:textId="77777777" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57FA2CD2" w14:textId="77777777" w:rsidR="00E34FB3" w:rsidRPr="00F03194" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07B6C66A" w14:textId="6E470615" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00E34FB3" w:rsidP="00E34FB3">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:sz w:val="24"/>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="00F03194">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Señores </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03194" w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Revista </w:t>
       </w:r>
       <w:r w:rsidR="00AE5867">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F03194">
+      <w:r w:rsidR="00F03194" w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:br/>
         <w:t>Escuela Superior de Administración Pública</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F03194">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - ESAP</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03194" w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="10FE9407" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="335EA6B6" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EAF0D70" w14:textId="126EB553" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="7EAF0D70" w14:textId="5510203F" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00E34FB3">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Estimados </w:t>
+      </w:r>
+      <w:r w:rsidR="00E34FB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evista </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5867">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Administración &amp; Desarrollo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A6BA68" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F03194">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Estimados miembros del Comité Editorial de la revista </w:t>
+    </w:p>
+    <w:p w14:paraId="6E226C88" w14:textId="51CFC670" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00E34FB3">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Por medio de la presente, me</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34FB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>/nos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> permito</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34FB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>/permitimos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enviarles el artículo titulado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>"[Título del artículo]"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>cuyos autores somos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34FB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>ombres</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34FB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y apellidos completos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los autores</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34FB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, para su revisión y posible publicación en su revista. El tema del artículo cumple con los requisitos exigidos en las normas editoriales y se alinea con el enfoque temático de </w:t>
       </w:r>
       <w:r w:rsidR="00AE5867">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="47A6BA68" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC06D92" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E226C88" w14:textId="7FE491AC" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="39AA90F2" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Por medio de la presente, me permito enviarles el artículo titulado </w:t>
-[...93 lines deleted...]
-    <w:p w14:paraId="4BC06D92" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+        <w:t>A continuación, expongo las siguientes garantías respecto a la originalidad del trabajo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6CE220" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39AA90F2" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
-[...34 lines deleted...]
-    <w:p w14:paraId="5F877159" w14:textId="77777777" w:rsidR="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="5F877159" w14:textId="61CE2758" w:rsidR="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Originalidad</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>: Declaro que el artículo es original y no ha sido publicado previamente ni está en proceso de evaluación en ninguna otra revista, medio o plataforma de divulgación científica.</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E34FB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>eclaro que el artículo es original y no ha sido publicado previamente ni está en proceso de evaluación en ninguna otra revista, medio o plataforma de divulgación científica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C4CA0F" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A145093" w14:textId="4A0D7A50" w:rsidR="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="6A145093" w14:textId="6C7E42BE" w:rsidR="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Autoría</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Afirmo que soy el/la único/a autor/a del manuscrito (o en caso de coautoría, incluyo a los coautores correspondientes), y que todos los autores han contribuido de manera significativa al desarrollo </w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E34FB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">firmo que soy el/la único/a autor/a del manuscrito (o en caso de coautoría, incluyo a los coautores correspondientes), y que todos los autores han contribuido de manera significativa al desarrollo </w:t>
       </w:r>
       <w:r w:rsidR="00AE5867" w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>de este</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0700DBD8" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2864112A" w14:textId="77777777" w:rsidR="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="2864112A" w14:textId="4154F3B8" w:rsidR="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Derechos de autor</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>: Certifico que el artículo no infringe los derechos de autor de terceros. En caso de haber utilizado material protegido por derechos de autor, he obtenido los permisos correspondientes y doy el debido reconocimiento a los autores originales en las citas y referencias.</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E34FB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>ertifico que el artículo no infringe los derechos de autor de terceros. En caso de haber utilizado material protegido por derechos de autor, he obtenido los permisos correspondientes y doy el debido reconocimiento a los autores originales en las citas y referencias.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60AD21F0" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21F3321B" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="21F3321B" w14:textId="48D2B3ED" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Conflicto de intereses</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>: Declaro que no existen conflictos de intereses que puedan influir en la imparcialidad de la investigación presentada.</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E34FB3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>eclaro que no existen conflictos de intereses que puedan influir en la imparcialidad de la investigación presentada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="336ABB37" w14:textId="77777777" w:rsidR="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3075FFB8" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="58600F90" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="003E6D5C" w:rsidRDefault="00F03194" w:rsidP="003E6D5C">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09D5F1FB" w14:textId="3C34457E" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="06AEC8E3" w14:textId="3A6207B0" w:rsidR="00F03194" w:rsidRDefault="008633F5" w:rsidP="008633F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-CO"/>
-[...1047 lines deleted...]
-    <w:p w14:paraId="58600F90" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00AE5867" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008633F5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Quedo a su disposición para proporcionar cualquier información adicional o atender las observaciones que se estimen necesarias durante el proceso de evaluación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA77DB4" w14:textId="77777777" w:rsidR="008633F5" w:rsidRDefault="008633F5" w:rsidP="008633F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="06AEC8E3" w14:textId="3A6207B0" w:rsidR="00F03194" w:rsidRDefault="008633F5" w:rsidP="008633F5">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4475B76F" w14:textId="77777777" w:rsidR="008633F5" w:rsidRDefault="008633F5" w:rsidP="008633F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008633F5">
-[...9 lines deleted...]
-    <w:p w14:paraId="4DA77DB4" w14:textId="77777777" w:rsidR="008633F5" w:rsidRDefault="008633F5" w:rsidP="008633F5">
+    </w:p>
+    <w:p w14:paraId="0645DD1B" w14:textId="77777777" w:rsidR="008633F5" w:rsidRPr="00F03194" w:rsidRDefault="008633F5" w:rsidP="008633F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4475B76F" w14:textId="77777777" w:rsidR="008633F5" w:rsidRDefault="008633F5" w:rsidP="008633F5">
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69D7C200" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0645DD1B" w14:textId="77777777" w:rsidR="008633F5" w:rsidRPr="00F03194" w:rsidRDefault="008633F5" w:rsidP="008633F5">
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Atentamente,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A392A91" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69D7C200" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="1E54E09C" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F03194">
-[...9 lines deleted...]
-    <w:p w14:paraId="7A392A91" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    </w:p>
+    <w:p w14:paraId="6E854C51" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E54E09C" w14:textId="77777777" w:rsidR="00F03194" w:rsidRPr="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
+    <w:p w14:paraId="4ABC46E0" w14:textId="15BCC3B6" w:rsidR="00F03194" w:rsidRDefault="00F03194" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-        <w:ind w:left="121"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>[Nombre completo del autor</w:t>
-[...21 lines deleted...]
-        <w:t>]</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>[Nombre completo del autor]</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:br/>
         <w:t>[Filiación académica]</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03194">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:br/>
         <w:t>[Correo electrónico]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11274880" w14:textId="205B49CD" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[País]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C81741" w14:textId="77777777" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10123486" w14:textId="0C5B70D8" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[Nombre completo del auto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[Filiación académica]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[Correo electrónico]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB2CBB6" w14:textId="77777777" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00E34FB3">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[País]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3934FE" w14:textId="77777777" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61040ABF" w14:textId="77777777" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4375BA85" w14:textId="283D6325" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[Nombre completo del autor]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[Filiación académica]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[Correo electrónico]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223E0459" w14:textId="77777777" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00E34FB3">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[País]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D98380" w14:textId="77777777" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F2C0A1A" w14:textId="2728F7C7" w:rsidR="00E34FB3" w:rsidRPr="00F03194" w:rsidRDefault="00E34FB3" w:rsidP="00F03194">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[Nombre completo del autor]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[Filiación académica]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[Correo electrónico]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40398E4B" w14:textId="77777777" w:rsidR="00E34FB3" w:rsidRDefault="00E34FB3" w:rsidP="00E34FB3">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="121"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>[País]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A235ADE" w14:textId="70449590" w:rsidR="00FC67AE" w:rsidRPr="00F03194" w:rsidRDefault="00FC67AE" w:rsidP="00F03194">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FC67AE" w:rsidRPr="00F03194" w:rsidSect="004A49C1">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55E0DBCF" w14:textId="77777777" w:rsidR="00884876" w:rsidRDefault="00884876" w:rsidP="003C5750">
+    <w:p w14:paraId="4D468985" w14:textId="77777777" w:rsidR="001277B9" w:rsidRDefault="001277B9" w:rsidP="003C5750">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54B1A082" w14:textId="77777777" w:rsidR="00884876" w:rsidRDefault="00884876" w:rsidP="003C5750">
+    <w:p w14:paraId="4BE135CE" w14:textId="77777777" w:rsidR="001277B9" w:rsidRDefault="001277B9" w:rsidP="003C5750">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -2006,253 +1403,51 @@
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...201 lines deleted...]
-  </w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72EBB5D1" w14:textId="77777777" w:rsidR="00246CC7" w:rsidRPr="00843DAA" w:rsidRDefault="00246CC7" w:rsidP="00246CC7">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00843DAA">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>Página</w:t>
     </w:r>
     <w:r w:rsidRPr="00843DAA">
@@ -2336,252 +1531,85 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00843DAA">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B5682C6" w14:textId="77777777" w:rsidR="00884876" w:rsidRDefault="00884876" w:rsidP="003C5750">
+    <w:p w14:paraId="3D995FD1" w14:textId="77777777" w:rsidR="001277B9" w:rsidRDefault="001277B9" w:rsidP="003C5750">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04CC101D" w14:textId="77777777" w:rsidR="00884876" w:rsidRDefault="00884876" w:rsidP="003C5750">
+    <w:p w14:paraId="04260FDC" w14:textId="77777777" w:rsidR="001277B9" w:rsidRDefault="001277B9" w:rsidP="003C5750">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4960A858" w14:textId="77777777" w:rsidR="00246CC7" w:rsidRDefault="00246CC7" w:rsidP="00246CC7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="38A396C8" w14:textId="3C71E1DA" w:rsidR="00246CC7" w:rsidRPr="00246CC7" w:rsidRDefault="00E34FB3" w:rsidP="00E34FB3">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1935"/>
+      </w:tabs>
     </w:pPr>
-    <w:r w:rsidRPr="00F772ED">
-[...53 lines deleted...]
-    </w:r>
     <w:r>
-      <w:rPr>
-[...112 lines deleted...]
-      </w:drawing>
+      <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="38A396C8" w14:textId="77777777" w:rsidR="00246CC7" w:rsidRPr="00246CC7" w:rsidRDefault="00246CC7" w:rsidP="00246CC7"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="38B6F8AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Listaconvietas"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27436370"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0AB40A74"/>
@@ -2682,51 +1710,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1713190502">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="535896605">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -2744,118 +1772,121 @@
     <w:rsid w:val="00057F1C"/>
     <w:rsid w:val="00080DB1"/>
     <w:rsid w:val="00082E7C"/>
     <w:rsid w:val="0008309D"/>
     <w:rsid w:val="0008619F"/>
     <w:rsid w:val="00091787"/>
     <w:rsid w:val="00093DC3"/>
     <w:rsid w:val="0009459C"/>
     <w:rsid w:val="00096AF5"/>
     <w:rsid w:val="000A154A"/>
     <w:rsid w:val="000A45F6"/>
     <w:rsid w:val="000B3E5A"/>
     <w:rsid w:val="000B4FC1"/>
     <w:rsid w:val="000B6743"/>
     <w:rsid w:val="000B7BF7"/>
     <w:rsid w:val="000C1EC0"/>
     <w:rsid w:val="000C6EB2"/>
     <w:rsid w:val="000D2DA7"/>
     <w:rsid w:val="000E0D24"/>
     <w:rsid w:val="000F110E"/>
     <w:rsid w:val="0010019E"/>
     <w:rsid w:val="00110A55"/>
     <w:rsid w:val="00112732"/>
     <w:rsid w:val="00120B6B"/>
     <w:rsid w:val="0012321F"/>
+    <w:rsid w:val="001277B9"/>
     <w:rsid w:val="00130354"/>
     <w:rsid w:val="00157150"/>
     <w:rsid w:val="00157367"/>
     <w:rsid w:val="00161036"/>
     <w:rsid w:val="0016196C"/>
     <w:rsid w:val="00171C31"/>
     <w:rsid w:val="00172873"/>
     <w:rsid w:val="001761E2"/>
     <w:rsid w:val="00180A0F"/>
     <w:rsid w:val="00192111"/>
     <w:rsid w:val="0019731F"/>
     <w:rsid w:val="001A7F0E"/>
     <w:rsid w:val="001C1375"/>
     <w:rsid w:val="001C22BE"/>
     <w:rsid w:val="001C39B4"/>
     <w:rsid w:val="001C7E7A"/>
     <w:rsid w:val="001D057A"/>
     <w:rsid w:val="001D561A"/>
     <w:rsid w:val="001D6242"/>
     <w:rsid w:val="001E2885"/>
     <w:rsid w:val="001E380F"/>
     <w:rsid w:val="00207E16"/>
     <w:rsid w:val="00223C7A"/>
     <w:rsid w:val="00225ACE"/>
     <w:rsid w:val="00230F26"/>
     <w:rsid w:val="00233633"/>
     <w:rsid w:val="0024225E"/>
     <w:rsid w:val="00243AE8"/>
     <w:rsid w:val="00246CC7"/>
     <w:rsid w:val="0025139B"/>
     <w:rsid w:val="002554DD"/>
     <w:rsid w:val="002571D8"/>
+    <w:rsid w:val="00286986"/>
     <w:rsid w:val="00296F74"/>
     <w:rsid w:val="002A0305"/>
     <w:rsid w:val="002A1237"/>
     <w:rsid w:val="002A24C3"/>
     <w:rsid w:val="002A2AAB"/>
     <w:rsid w:val="002A4690"/>
     <w:rsid w:val="002B3D93"/>
     <w:rsid w:val="002B4F93"/>
     <w:rsid w:val="002C1200"/>
     <w:rsid w:val="002C3B35"/>
     <w:rsid w:val="002C512C"/>
     <w:rsid w:val="002E5368"/>
     <w:rsid w:val="002E797B"/>
     <w:rsid w:val="002E7BCC"/>
     <w:rsid w:val="002F3780"/>
     <w:rsid w:val="002F3E9D"/>
     <w:rsid w:val="002F5F67"/>
     <w:rsid w:val="00311956"/>
     <w:rsid w:val="00313D2D"/>
     <w:rsid w:val="00315B16"/>
     <w:rsid w:val="00323AAA"/>
     <w:rsid w:val="0034086E"/>
     <w:rsid w:val="00347940"/>
     <w:rsid w:val="00350475"/>
     <w:rsid w:val="003943A8"/>
     <w:rsid w:val="003A2B98"/>
     <w:rsid w:val="003A386D"/>
     <w:rsid w:val="003A7F51"/>
     <w:rsid w:val="003B047E"/>
     <w:rsid w:val="003B557B"/>
     <w:rsid w:val="003B787B"/>
     <w:rsid w:val="003C34EE"/>
     <w:rsid w:val="003C5750"/>
     <w:rsid w:val="003D0D7E"/>
     <w:rsid w:val="003D3478"/>
     <w:rsid w:val="003E1F51"/>
+    <w:rsid w:val="003E6D5C"/>
     <w:rsid w:val="00424E9C"/>
     <w:rsid w:val="00436CEE"/>
     <w:rsid w:val="00456402"/>
     <w:rsid w:val="00467F80"/>
     <w:rsid w:val="004746C8"/>
     <w:rsid w:val="004860D3"/>
     <w:rsid w:val="004909E2"/>
     <w:rsid w:val="00490B84"/>
     <w:rsid w:val="00493B14"/>
     <w:rsid w:val="004A49C1"/>
     <w:rsid w:val="004B1C38"/>
     <w:rsid w:val="004C6033"/>
     <w:rsid w:val="004C75B0"/>
     <w:rsid w:val="004D046C"/>
     <w:rsid w:val="004D18B9"/>
     <w:rsid w:val="004D2475"/>
     <w:rsid w:val="004D45BA"/>
     <w:rsid w:val="004D5CB2"/>
     <w:rsid w:val="004E715E"/>
     <w:rsid w:val="004F2B91"/>
     <w:rsid w:val="00501ADD"/>
     <w:rsid w:val="0050771D"/>
     <w:rsid w:val="00513F64"/>
     <w:rsid w:val="005151F3"/>
     <w:rsid w:val="005156BB"/>
@@ -2967,77 +1998,79 @@
     <w:rsid w:val="009B1009"/>
     <w:rsid w:val="009C111B"/>
     <w:rsid w:val="009C1545"/>
     <w:rsid w:val="009F5426"/>
     <w:rsid w:val="00A06508"/>
     <w:rsid w:val="00A10942"/>
     <w:rsid w:val="00A248CE"/>
     <w:rsid w:val="00A34727"/>
     <w:rsid w:val="00A34B1F"/>
     <w:rsid w:val="00A3694A"/>
     <w:rsid w:val="00A40636"/>
     <w:rsid w:val="00A53E6A"/>
     <w:rsid w:val="00A54EAB"/>
     <w:rsid w:val="00A5528E"/>
     <w:rsid w:val="00A65E62"/>
     <w:rsid w:val="00A6674E"/>
     <w:rsid w:val="00A675D5"/>
     <w:rsid w:val="00A70F3F"/>
     <w:rsid w:val="00A711E0"/>
     <w:rsid w:val="00A90630"/>
     <w:rsid w:val="00AA733A"/>
     <w:rsid w:val="00AD486C"/>
     <w:rsid w:val="00AD55F5"/>
     <w:rsid w:val="00AE0D60"/>
     <w:rsid w:val="00AE5867"/>
+    <w:rsid w:val="00AF0C51"/>
     <w:rsid w:val="00AF342A"/>
     <w:rsid w:val="00AF6C5B"/>
     <w:rsid w:val="00B000A5"/>
     <w:rsid w:val="00B17C27"/>
     <w:rsid w:val="00B20F7C"/>
     <w:rsid w:val="00B27915"/>
     <w:rsid w:val="00B34370"/>
     <w:rsid w:val="00B35CF0"/>
     <w:rsid w:val="00B379F3"/>
     <w:rsid w:val="00B41F82"/>
     <w:rsid w:val="00B44FB9"/>
     <w:rsid w:val="00B607C6"/>
     <w:rsid w:val="00B72448"/>
     <w:rsid w:val="00B7437C"/>
     <w:rsid w:val="00B7582B"/>
     <w:rsid w:val="00B75F8E"/>
     <w:rsid w:val="00B81611"/>
     <w:rsid w:val="00B85085"/>
     <w:rsid w:val="00B8660B"/>
     <w:rsid w:val="00B9074F"/>
     <w:rsid w:val="00B90CD5"/>
     <w:rsid w:val="00B94AA2"/>
     <w:rsid w:val="00BA2286"/>
     <w:rsid w:val="00BA4985"/>
     <w:rsid w:val="00BA7551"/>
     <w:rsid w:val="00BB1006"/>
     <w:rsid w:val="00BB272E"/>
+    <w:rsid w:val="00BB7215"/>
     <w:rsid w:val="00BC6811"/>
     <w:rsid w:val="00BD1687"/>
     <w:rsid w:val="00BE2290"/>
     <w:rsid w:val="00BF1C66"/>
     <w:rsid w:val="00BF7738"/>
     <w:rsid w:val="00BF7847"/>
     <w:rsid w:val="00C01C1E"/>
     <w:rsid w:val="00C07376"/>
     <w:rsid w:val="00C14312"/>
     <w:rsid w:val="00C260A3"/>
     <w:rsid w:val="00C3568B"/>
     <w:rsid w:val="00C358FD"/>
     <w:rsid w:val="00C35BF2"/>
     <w:rsid w:val="00C42F27"/>
     <w:rsid w:val="00C47AA4"/>
     <w:rsid w:val="00C5575C"/>
     <w:rsid w:val="00C65333"/>
     <w:rsid w:val="00C72285"/>
     <w:rsid w:val="00C80715"/>
     <w:rsid w:val="00C909B3"/>
     <w:rsid w:val="00C96789"/>
     <w:rsid w:val="00CA0C14"/>
     <w:rsid w:val="00CA5231"/>
     <w:rsid w:val="00CB58E0"/>
     <w:rsid w:val="00CC18D0"/>
@@ -3051,50 +2084,51 @@
     <w:rsid w:val="00D2021E"/>
     <w:rsid w:val="00D21FBA"/>
     <w:rsid w:val="00D230BB"/>
     <w:rsid w:val="00D23E1B"/>
     <w:rsid w:val="00D32DE9"/>
     <w:rsid w:val="00D70887"/>
     <w:rsid w:val="00D718F8"/>
     <w:rsid w:val="00D74486"/>
     <w:rsid w:val="00D7506C"/>
     <w:rsid w:val="00D774A8"/>
     <w:rsid w:val="00D839A2"/>
     <w:rsid w:val="00D8405D"/>
     <w:rsid w:val="00D93B4A"/>
     <w:rsid w:val="00D97397"/>
     <w:rsid w:val="00DB3F85"/>
     <w:rsid w:val="00DB43A1"/>
     <w:rsid w:val="00DC31C1"/>
     <w:rsid w:val="00DD40AF"/>
     <w:rsid w:val="00DE7E74"/>
     <w:rsid w:val="00DF048F"/>
     <w:rsid w:val="00DF3743"/>
     <w:rsid w:val="00E067BE"/>
     <w:rsid w:val="00E217D3"/>
     <w:rsid w:val="00E24957"/>
     <w:rsid w:val="00E30337"/>
+    <w:rsid w:val="00E34FB3"/>
     <w:rsid w:val="00E377D1"/>
     <w:rsid w:val="00E40A74"/>
     <w:rsid w:val="00E40EFC"/>
     <w:rsid w:val="00E41400"/>
     <w:rsid w:val="00E452D3"/>
     <w:rsid w:val="00E5084E"/>
     <w:rsid w:val="00E639B5"/>
     <w:rsid w:val="00E67856"/>
     <w:rsid w:val="00E72821"/>
     <w:rsid w:val="00E74150"/>
     <w:rsid w:val="00E81B49"/>
     <w:rsid w:val="00E92D47"/>
     <w:rsid w:val="00E93B26"/>
     <w:rsid w:val="00EA55F4"/>
     <w:rsid w:val="00EA62AA"/>
     <w:rsid w:val="00EC3F2A"/>
     <w:rsid w:val="00ED25BA"/>
     <w:rsid w:val="00ED7B50"/>
     <w:rsid w:val="00ED7E57"/>
     <w:rsid w:val="00EE09EB"/>
     <w:rsid w:val="00EE6C42"/>
     <w:rsid w:val="00EF355F"/>
     <w:rsid w:val="00F00B94"/>
     <w:rsid w:val="00F0103E"/>
     <w:rsid w:val="00F03194"/>
@@ -3135,51 +2169,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES_tradnl" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="23E4AD59"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8FA6C156-C0CB-4A34-A011-1DA76C9AE34B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4009,51 +3043,51 @@
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="pkpworkflowidentificationtitle">
     <w:name w:val="pkpworkflow__identificationtitle"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00C260A3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F03194"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="160893857">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="364405557">
           <w:marLeft w:val="480"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4414,58 +3448,50 @@
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Secre.editorial\Downloads\Membrete_carta_Color_USTA%20(1).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
@@ -4708,70 +3734,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{531F627D-D76A-944A-865C-C00C61CE7ED8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Membrete_carta_Color_USTA (1)</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>334</Words>
-  <Characters>1842</Characters>
+  <Words>303</Words>
+  <Characters>1672</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2172</CharactersWithSpaces>
+  <CharactersWithSpaces>1972</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gina Andrea Alvarez Marín</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>