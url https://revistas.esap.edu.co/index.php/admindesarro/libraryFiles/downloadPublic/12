--- v0 (2025-10-11)
+++ v1 (2026-02-26)
@@ -19,200 +19,189 @@
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3439A6C4" w14:textId="4279D504" w:rsidR="00DC15A3" w:rsidRPr="004E2AC2" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="0"/>
       <w:r w:rsidRPr="004E2AC2">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Título de artículo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56EDCFDF" w14:textId="7D44296E" w:rsidR="0091429C" w:rsidRPr="0091429C" w:rsidRDefault="0091429C" w:rsidP="0091429C">
+    <w:p w14:paraId="56EDCFDF" w14:textId="0D844781" w:rsidR="0091429C" w:rsidRPr="0091429C" w:rsidRDefault="00094E1B" w:rsidP="0091429C">
       <w:pPr>
         <w:pStyle w:val="Ttulotrad"/>
       </w:pPr>
       <w:r>
-        <w:t>Traducción del título</w:t>
-[...9 lines deleted...]
-        <w:commentReference w:id="0"/>
+        <w:t>Título del artículo en inglés</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0376E8B9" w14:textId="26493121" w:rsidR="00455B3E" w:rsidRDefault="00455B3E" w:rsidP="00455B3E">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="428D1647" wp14:editId="399C87FF">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="12" name="Imagen 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="Imagen 12"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:commentRangeStart w:id="1"/>
+      <w:commentRangeStart w:id="0"/>
       <w:r w:rsidR="002602F8">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:commentRangeEnd w:id="1"/>
+      <w:commentRangeEnd w:id="0"/>
       <w:r w:rsidR="002602F8">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="es-CO" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="1"/>
+        <w:commentReference w:id="0"/>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>, Autor</w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5587E738" wp14:editId="59BE3BD7">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="Imagen 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="Imagen 12"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -244,93 +233,89 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Artículo de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AE5A960" w14:textId="77777777" w:rsidR="008916C1" w:rsidRPr="00455B3E" w:rsidRDefault="008916C1" w:rsidP="008916C1">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7573B2BD" w14:textId="44DEB66D" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071FDD6E" w14:textId="1D42A369" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="007A0684" w:rsidP="005770A7">
+    <w:p w14:paraId="071FDD6E" w14:textId="0E932753" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="007A0684" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00897B47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Problemática: </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. </w:t>
       </w:r>
-      <w:r w:rsidR="007D7A58" w:rsidRPr="007A0684">
+      <w:r w:rsidR="007D7A58" w:rsidRPr="00597261">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Objetivo:</w:t>
       </w:r>
-      <w:r w:rsidR="007D7A58" w:rsidRPr="007A0684">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="007D7A58" w:rsidRPr="00597261">
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeStart w:id="2"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="005770A7" w:rsidRPr="00597261">
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. </w:t>
       </w:r>
       <w:r w:rsidR="005770A7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
       </w:r>
       <w:r w:rsidR="007D7A58" w:rsidRPr="007D7A58">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>Metodología:</w:t>
       </w:r>
       <w:r w:rsidR="007D7A58">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005770A7" w:rsidRPr="00455B3E">
         <w:rPr>
@@ -361,100 +346,100 @@
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
       </w:r>
       <w:r w:rsidR="007D7A58" w:rsidRPr="007D7A58">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Conclusión:</w:t>
       </w:r>
       <w:r w:rsidR="007D7A58">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005770A7" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod.</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="3D50B037" w14:textId="3FF0EE55" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7">
+        <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D50B037" w14:textId="164DD3D9" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Palabras clave</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Palabras </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-      <w:commentRangeStart w:id="3"/>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>clave</w:t>
+      </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
-          <w:noProof/>
-[...10 lines deleted...]
-      </w:r>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
-          <w:noProof/>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>purus ipsum, pretium metus, in lacinia nulla, nisl eget sapie</w:t>
+      </w:r>
+      <w:r w:rsidR="000A36A6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>n.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="455ADF6F" w14:textId="15E52D40" w:rsidR="0091429C" w:rsidRPr="00455B3E" w:rsidRDefault="0091429C" w:rsidP="0091429C">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A3A9112" w14:textId="11AA651C" w:rsidR="0091429C" w:rsidRPr="00455B3E" w:rsidRDefault="007A0684" w:rsidP="0091429C">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -542,84 +527,94 @@
         <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
       </w:r>
       <w:r w:rsidR="00D35205" w:rsidRPr="00D35205">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Conlcusion: </w:t>
       </w:r>
       <w:r w:rsidR="0091429C" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43DC4105" w14:textId="704B29AF" w:rsidR="0091429C" w:rsidRPr="007D7A58" w:rsidRDefault="0091429C" w:rsidP="0091429C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-      </w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7A58">
+        <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>purus ipsum, pretium metus, in lacinia nulla, nisl eget sapien.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E509989" w14:textId="50C988BA" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="586749FE" w14:textId="77777777" w:rsidR="0051097B" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Nunc ac magna. Maecenas odio dolor, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -653,72 +648,72 @@
         <w:t xml:space="preserve">Vivamus a mi. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Morbi neque. Aliquam erat volutpat. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Integer ultrices lobortis eros. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin semper, ante vitae sollicitudin posuere, metus quam iaculis nibh, vitae scelerisque nunc massa eget pede. Sed velit urna, interdum vel, ultricies vel, faucibus at, quam. Donec elit est, consectetuer eget, consequat quis, tempus quis, wisi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B93602" w14:textId="77777777" w:rsidR="005770A7" w:rsidRPr="001A44F1" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Cita"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="4"/>
+      <w:commentRangeStart w:id="1"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">In in nunc. Class aptent taciti sociosqu ad litora torquent per conubia nostra, per inceptos hymenaeos. Donec ullamcorper fringilla eros. Fusce in sapien eu purus dapibus commodo. Cum sociis natoque penatibus et magnis dis parturient montes, nascetur ridiculus mus. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A44F1">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Cras faucibus condimentum odio. Sed ac ligula. Aliquam at eros. Etiam at ligula et tellus ullamcorper ultrices. In fermentum, lorem non cursus porttitor, diam urna accumsan lacus, sed interdum wisi nibh nec nisl. Ut tincidunt volutpat urna. Mauris eleifend nulla eget mauris. Sed cursus quam id felis. Curabitur posuere quam vel nibh. </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="4"/>
+      <w:commentRangeEnd w:id="1"/>
       <w:r w:rsidR="00C822EF">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="4"/>
+        <w:commentReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="60E0D23C" w14:textId="16D8DD94" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cras dapibus dapibus nisl. Vestibulum quis dolor a felis congue vehicula. Maecenas pede purus, tristique ac, tempus eget, egestas quis, mauris. Curabitur non eros. Nullam hendrerit bibendum justo. Fusce iaculis, est quis lacinia pretium, pede metus molestie lacus, at gravida wisi ante at libero.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F4DD7E" w14:textId="77777777" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -894,56 +889,72 @@
           <w:noProof/>
         </w:rPr>
         <w:t>quis, libero</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF20F79" w14:textId="77777777" w:rsidR="00897B47" w:rsidRDefault="00897B47" w:rsidP="00897B47">
       <w:pPr>
         <w:pStyle w:val="Listaconnmeros"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CB54A4F" w14:textId="1C842320" w:rsidR="00897B47" w:rsidRDefault="00897B47" w:rsidP="00897B47">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Contexto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>teórico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="460661D7" w14:textId="77777777" w:rsidR="00897B47" w:rsidRPr="00455B3E" w:rsidRDefault="00897B47" w:rsidP="00897B47">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Ut mattis ligula posuere velit. Nunc sagittis. Curabitur varius fringilla nisl. Duis pretium mi euismod erat. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Maecenas id augue. Nam vulputate. Duis a quam non neque lobortis malesuada. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
@@ -980,124 +991,126 @@
         </w:rPr>
         <w:t xml:space="preserve">Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D834A8">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Integer nulla. Donec blandit feugiat ligula.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="795ADC3E" w14:textId="38741849" w:rsidR="005770A7" w:rsidRPr="00D834A8" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="5"/>
+      <w:commentRangeStart w:id="2"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D834A8">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Metodología</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="5"/>
+      <w:commentRangeEnd w:id="2"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00897B47">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="5"/>
+        <w:commentReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DAF7853" w14:textId="70000A31" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aliquam nonummy adipiscing augue. Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce est. Vivamus a tellus. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4994" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7944"/>
         <w:gridCol w:w="883"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED2E95" w14:paraId="09FCFAB6" w14:textId="77777777" w:rsidTr="00D553B1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DB6ED2A" w14:textId="77777777" w:rsidR="00ED2E95" w:rsidRPr="0055742B" w:rsidRDefault="00ED2E95" w:rsidP="0055742B">
             <w:pPr>
               <w:pStyle w:val="Ecuacintexto"/>
             </w:pPr>
-            <w:commentRangeStart w:id="6"/>
+            <w:commentRangeStart w:id="3"/>
             <w:r>
               <w:t>A + B + C = D</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="6"/>
+            <w:commentRangeEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Refdecomentario"/>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:iCs w:val="0"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="6"/>
+              <w:commentReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB52944" w14:textId="77777777" w:rsidR="00ED2E95" w:rsidRDefault="00ED2E95">
             <w:pPr>
               <w:pStyle w:val="Ecuacinnmero"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58D469EE" w14:textId="549082F8" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="004E2AC2">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005770A7">
         <w:rPr>
@@ -1114,64 +1127,64 @@
         <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="778100B0" w14:textId="34B3C7AD" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien. Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33EDB998" w14:textId="1E58BDBD" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="7"/>
+      <w:commentRangeStart w:id="4"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Tabla 1</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="7"/>
+      <w:commentRangeEnd w:id="4"/>
       <w:r w:rsidR="00F95FCA">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="7"/>
+        <w:commentReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>. Título de tabla</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablanormal1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1583"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1473"/>
         <w:gridCol w:w="1475"/>
         <w:gridCol w:w="1355"/>
       </w:tblGrid>
       <w:tr w:rsidR="003256FF" w:rsidRPr="00D607CB" w14:paraId="445227EC" w14:textId="77777777" w:rsidTr="00D607CB">
         <w:trPr>
@@ -1679,66 +1692,66 @@
         </w:rPr>
         <w:t xml:space="preserve">Cras faucibus condimentum odio. </w:t>
       </w:r>
       <w:r w:rsidRPr="005770A7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Sed ac ligula. Aliquam at eros. Etiam at ligula et tellus ullamcorper ultrices. In fermentum, lorem non cursus porttitor, diam urna accumsan lacus, sed interdum wisi nibh nec nisl. Ut tincidunt volutpat urna. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mauris eleifend nulla eget mauris. Sed cursus quam id felis. Curabitur posuere quam vel nibh. Cras dapibus dapibus nisl. Vestibulum quis dolor a felis congue vehicula. Maecenas pede purus, tristique ac, tempus eget, egestas quis, mauris. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30A6EEC4" w14:textId="3F8A24F7" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="8"/>
+      <w:commentRangeStart w:id="5"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Resultados</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="8"/>
+      <w:commentRangeEnd w:id="5"/>
       <w:r w:rsidR="00C932FC">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="8"/>
+        <w:commentReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="108B1535" w14:textId="63AB050A" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce iaculis, est quis lacinia pretium, pede metus molestie lacus, at gravida wisi ante at libero. Quisque ornare placerat risus. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
@@ -1746,343 +1759,428 @@
         </w:rPr>
         <w:t xml:space="preserve">Ut molestie magna at mi. Integer aliquet mauris et nibh. Ut mattis ligula posuere velit. Nunc sagittis. Curabitur varius fringilla nisl. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32499F83" w14:textId="07264ED5" w:rsidR="000A5A2A" w:rsidRPr="00455B3E" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien. Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B45C01" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="9"/>
+      <w:commentRangeStart w:id="6"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43687280" wp14:editId="31BDEFEE">
             <wp:extent cx="5486400" cy="2160000"/>
             <wp:effectExtent l="0" t="0" r="0" b="12065"/>
             <wp:docPr id="1" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:commentRangeEnd w:id="9"/>
+      <w:commentRangeEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="9"/>
+        <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="123A6D08" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="10"/>
+      <w:commentRangeStart w:id="7"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Figura</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="10"/>
+      <w:commentRangeEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="10"/>
+        <w:commentReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Título de la figura</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66757723" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Fuente: elaboración propia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D6316A" w14:textId="6B394244" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec nulla augue, venenatis scelerisque, dapibus a, consequat at, leo. Pellentesque libero lectus, tristique ac, consectetuer sit amet, imperdiet ut, justo. Sed aliquam odio vitae tortor. Proin hendrerit tempus arcu. In hac habitasse platea dictumst. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B8EC07" w14:textId="46A71B23" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="11"/>
+      <w:commentRangeStart w:id="8"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="11"/>
+      <w:commentRangeEnd w:id="8"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D834A8">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="11"/>
+        <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA7D669" w14:textId="5FB2B2BB" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Nunc lacus metus, posuere eget, lacinia eu, varius quis, libero. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aliquam nonummy adipiscing augue. Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C8DBDE" w14:textId="1C775136" w:rsidR="005770A7" w:rsidRPr="00075CD8" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
-      <w:commentRangeStart w:id="12"/>
+      <w:commentRangeStart w:id="9"/>
       <w:r w:rsidRPr="00075CD8">
         <w:t>Conclusiones</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="12"/>
+      <w:commentRangeEnd w:id="9"/>
       <w:r w:rsidR="00C932FC">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="12"/>
+        <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F190BFF" w14:textId="0EB012B5" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677C9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBEEDDE" w14:textId="54FE7B8C" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="13"/>
-[...6 lines deleted...]
-      <w:commentRangeEnd w:id="13"/>
+      <w:commentRangeStart w:id="10"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Financiación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="13"/>
+        <w:commentReference w:id="10"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="61588FBA" w14:textId="77777777" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677C9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E68F13" w14:textId="34085752" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Conflicto de interés</w:t>
-[...1 lines deleted...]
-      <w:commentRangeStart w:id="14"/>
+        <w:t>Conflicto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>interés</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="11"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="14"/>
+      <w:commentRangeEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="14"/>
+        <w:commentReference w:id="11"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA002DB" w14:textId="47BBD840" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677C9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1264CC" w14:textId="77777777" w:rsidR="00CE3CFD" w:rsidRPr="00455B3E" w:rsidRDefault="00CE3CFD" w:rsidP="003256FF">
-[...7 lines deleted...]
-    <w:p w14:paraId="28734428" w14:textId="0C4BBE85" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
+    <w:p w14:paraId="0B7DA41D" w14:textId="28ED6E86" w:rsidR="00D165E0" w:rsidRDefault="00D165E0" w:rsidP="00D165E0">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:r w:rsidR="005A328F">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="12"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Declaración</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>uso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de IA</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="12"/>
+      <w:r w:rsidR="000A36A6">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:commentReference w:id="15"/>
+        <w:commentReference w:id="12"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1264CC" w14:textId="0E4D939F" w:rsidR="00CE3CFD" w:rsidRPr="00455B3E" w:rsidRDefault="00D165E0" w:rsidP="003256FF">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677C9F">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28734428" w14:textId="0C4BBE85" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:commentRangeStart w:id="13"/>
+      <w:r>
+        <w:t>Referencias</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="13"/>
+      <w:r w:rsidR="005A328F">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D8B953" w14:textId="13394E50" w:rsidR="00075CD8" w:rsidRDefault="007A6E24" w:rsidP="00677C9F">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
       </w:pPr>
       <w:r w:rsidRPr="007A6E24">
         <w:t xml:space="preserve">Álvarez Collazos, A., </w:t>
       </w:r>
       <w:r w:rsidR="00D06C25">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E24">
         <w:t xml:space="preserve"> Sánchez Rincón, D. (2022). Implicaciones de la falta de motivación del empleado público en su desempeño. </w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E24">
         <w:t>, </w:t>
       </w:r>
@@ -2130,51 +2228,67 @@
         <w:t>52</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1), 35-54. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol52n1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="463B9781" w14:textId="36352926" w:rsidR="00D06C25" w:rsidRDefault="00D06C25" w:rsidP="00D06C25">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00D06C25">
         <w:t xml:space="preserve">Cifuentes Martínez, W. E., </w:t>
       </w:r>
       <w:r>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
-        <w:t xml:space="preserve"> Duarte Vega, C. (2023). Creación de valor público desde la perspectiva de los stakeholders. Una revisión semisistemática de literatura. </w:t>
+        <w:t xml:space="preserve"> Duarte Vega, C. (2023). Creación de valor público desde la perspectiva de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D06C25">
+        <w:t>stakeholders</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D06C25">
+        <w:t xml:space="preserve">. Una revisión </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D06C25">
+        <w:t>semisistemática</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D06C25">
+        <w:t xml:space="preserve"> de literatura. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>53</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1), 1-39. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
@@ -2208,51 +2322,67 @@
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>53</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(2). </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol53n2.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4102C365" w14:textId="6F443E41" w:rsidR="00D06C25" w:rsidRDefault="00D06C25" w:rsidP="00D06C25">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00D06C25">
-        <w:t>Varela Barrios, E. (2023). Administración pública y management público: el tránsito hacia el neogerencialismo. </w:t>
+        <w:t xml:space="preserve">Varela Barrios, E. (2023). Administración pública y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D06C25">
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D06C25">
+        <w:t xml:space="preserve"> público: el tránsito hacia el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D06C25">
+        <w:t>neogerencialismo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D06C25">
+        <w:t>. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>53</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(2). </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
@@ -2279,419 +2409,264 @@
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1), e903. </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol54n1.903</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4072F4C6" w14:textId="399F92C5" w:rsidR="00D06C25" w:rsidRDefault="00D06C25" w:rsidP="00D06C25">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D06C25">
-        <w:t>Alvez Taylor, L. I. (2024). La construcción de capacidades estatales en instituciones estratégicas: el caso CNEA (2012-2019). </w:t>
+        <w:t>Alvez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D06C25">
+        <w:t xml:space="preserve"> Taylor, L. I. (2024). La construcción de capacidades estatales en instituciones estratégicas: el caso CNEA (2012-2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1). </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol54n1.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3D3DC5DE" w14:textId="77777777" w:rsidR="00D06C25" w:rsidRPr="007A6E24" w:rsidRDefault="00D06C25" w:rsidP="007A6E24"/>
     <w:sectPr w:rsidR="00D06C25" w:rsidRPr="007A6E24">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="5CE7F69D" w14:textId="77777777" w:rsidR="00127167" w:rsidRDefault="005462E8" w:rsidP="00127167">
+    <w:p w14:paraId="5DEF418C" w14:textId="77777777" w:rsidR="000A36A6" w:rsidRDefault="002602F8" w:rsidP="000A36A6">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00127167">
-[...3 lines deleted...]
-    <w:p w14:paraId="49ECCC49" w14:textId="77777777" w:rsidR="00127167" w:rsidRDefault="00127167" w:rsidP="00127167">
+      <w:r w:rsidR="000A36A6">
+        <w:t xml:space="preserve">Se deben agregar los roles que tuvo cada uno de los autores en la realización del articulo, a partir de los establecidos por la </w:t>
+      </w:r>
+      <w:r w:rsidR="000A36A6">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">taxonomía CRediT: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB276DE" w14:textId="77777777" w:rsidR="000A36A6" w:rsidRDefault="000A36A6" w:rsidP="000A36A6">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C65F1E6" w14:textId="77777777" w:rsidR="00127167" w:rsidRDefault="00127167" w:rsidP="00127167">
+    <w:p w14:paraId="3A26B4B1" w14:textId="77777777" w:rsidR="000A36A6" w:rsidRDefault="000A36A6" w:rsidP="000A36A6">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:t>Indicar el tipo de artículo.</w:t>
-[...14 lines deleted...]
-        <w:t>Agregar el orcid y correo electrónico de los autores.</w:t>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Conceptualización</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Curación de datos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Análisis formal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Adquisición de fondos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Investigación</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Metodología</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Administración del proyecto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Recursos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Software</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Supervisión</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Validación</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Visualización</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Redacción – borrador original</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Redacción – revisión y edición </w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="1" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="0DFEA4D6" w14:textId="77777777" w:rsidR="004E2AC2" w:rsidRDefault="002602F8" w:rsidP="004E2AC2">
+    <w:p w14:paraId="6638DF7F" w14:textId="5A6883DF" w:rsidR="00C822EF" w:rsidRDefault="00C822EF">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="004E2AC2">
-[...130 lines deleted...]
-        <w:t xml:space="preserve">Redacción – revisión y edición </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Las citas literales de más de 40 palabras deben ir en un párrafo aparte, con un puntaje de letra menor y margen aumentada en ambos lados. </w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="2" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="5FB8B36A" w14:textId="77777777" w:rsidR="007A0684" w:rsidRDefault="00EE640C" w:rsidP="007A0684">
-[...127 lines deleted...]
-  <w:comment w:id="5" w:author="Autor" w:initials="A">
     <w:p w14:paraId="4EA25F7F" w14:textId="77777777" w:rsidR="00C932FC" w:rsidRDefault="00897B47" w:rsidP="00C932FC">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00C932FC">
         <w:t>Esta sección debe incluir lo siguiente:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4636655A" w14:textId="77777777" w:rsidR="00C932FC" w:rsidRDefault="00C932FC" w:rsidP="00C932FC">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2755,413 +2730,441 @@
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Técnicas de análisis de datos: estadísticas, análisis de contenido, triangulación, software usado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41906DA8" w14:textId="77777777" w:rsidR="00C932FC" w:rsidRDefault="00C932FC" w:rsidP="00C932FC">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Criterios de rigor del análisis: cualitativo (triangulación), cuantitativo (porcentajes de validez).</w:t>
       </w:r>
     </w:p>
   </w:comment>
+  <w:comment w:id="3" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="023E2F88" w14:textId="672A63BC" w:rsidR="00ED2E95" w:rsidRDefault="00ED2E95">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las ecuaciones se insertan dentro de una tabla como esta y se numeran en el costado derecho. </w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="4" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="46887A2B" w14:textId="77777777" w:rsidR="00F95FCA" w:rsidRDefault="00F95FCA">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Trátese de datos cuantitativos o cualitativos, este tipo de recursos se debe </w:t>
+      </w:r>
+      <w:r w:rsidR="00573889">
+        <w:t xml:space="preserve">numerar </w:t>
+      </w:r>
+      <w:r>
+        <w:t>como tabla, asignar un título, citar en el cuerpo del texto y declarar la fuente. Si es de los autores, se escribe “elaboración propia”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700C1BC9" w14:textId="0B51AA4E" w:rsidR="00573889" w:rsidRDefault="00573889">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En todos los casos, debe enviar la tabla editable, bien sea en el mismo archivo de Word o en Excel. </w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="5" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="6041024E" w14:textId="77777777" w:rsidR="00C932FC" w:rsidRDefault="00C932FC" w:rsidP="00C932FC">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Los resultados deben responder a los objetivos planteados, dando cuenta de un manejo sistemático de los datos. </w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
   <w:comment w:id="6" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="023E2F88" w14:textId="672A63BC" w:rsidR="00ED2E95" w:rsidRDefault="00ED2E95">
+    <w:p w14:paraId="4CF8D236" w14:textId="04F5248F" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Las ecuaciones se insertan dentro de una tabla como esta y se numeran en el costado derecho. </w:t>
+        <w:t>Todas las figuras deben llegar editables (en Excel o PowerPoint) o en buena calidad (con resolución de 300 DPI), en formatos JPG, PNG, SVG, EPS, AI, etc.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="7" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="46887A2B" w14:textId="77777777" w:rsidR="00F95FCA" w:rsidRDefault="00F95FCA">
+    <w:p w14:paraId="00A5311F" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Trátese de datos cuantitativos o cualitativos, este tipo de recursos se debe </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">En todos los casos, debe enviar la tabla editable, bien sea en el mismo archivo de Word o en Excel. </w:t>
+        <w:t xml:space="preserve">Trátese de diagramas, fotografías, ilustraciones o mapas, por mencionar algunos casos, se debe usar el rótulo Figura, que debe ir numerada, con título y citada en el cuerpo del texto. Así mismo, se debe citar la fuente o declarar si es de elaboración propia. </w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="8" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="6041024E" w14:textId="77777777" w:rsidR="00C932FC" w:rsidRDefault="00C932FC" w:rsidP="00C932FC">
-[...47 lines deleted...]
-  <w:comment w:id="11" w:author="Autor" w:initials="A">
     <w:p w14:paraId="458303DB" w14:textId="77777777" w:rsidR="00C932FC" w:rsidRDefault="00D834A8" w:rsidP="00C932FC">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00C932FC">
         <w:t xml:space="preserve">En la discusión se presentan: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3927FE5E" w14:textId="77777777" w:rsidR="00C932FC" w:rsidRDefault="00C932FC" w:rsidP="00C932FC">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Relación de los resultados con el contexto y los planteamientos teóricos.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="12" w:author="Autor" w:initials="A">
+  <w:comment w:id="9" w:author="Autor" w:initials="A">
     <w:p w14:paraId="563CC4C5" w14:textId="77777777" w:rsidR="00C932FC" w:rsidRDefault="00C932FC" w:rsidP="00C932FC">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Limitaciones de la investigación, es decir, cuales fueron los desafíos presentados durante el desarrollo de la investigación y oportunidades para seguir investigando, es decir, se abre la puerta a nuevas indagaciones ¿Cuáles? ¿Por qué? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D5A931" w14:textId="77777777" w:rsidR="00C932FC" w:rsidRDefault="00C932FC" w:rsidP="00C932FC">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Alcances de la investigación en términos de ¿Por qué fue importante y cuáles son sus aportes?</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="13" w:author="Autor" w:initials="A">
+  <w:comment w:id="10" w:author="Autor" w:initials="A">
     <w:p w14:paraId="1D8EBE3F" w14:textId="77777777" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Esta sección debe incluir la entidad(es) que financió el proyecto, a qué proyecto pertenece.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="Autor" w:initials="A">
+  <w:comment w:id="11" w:author="Autor" w:initials="A">
     <w:p w14:paraId="3D0B8A2C" w14:textId="77777777" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Esta sección debe incluir si existen o no conflictos de interés.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="15" w:author="Autor" w:initials="A">
-    <w:p w14:paraId="61186346" w14:textId="77777777" w:rsidR="008916C1" w:rsidRDefault="005A328F" w:rsidP="008916C1">
+  <w:comment w:id="12" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="073BA581" w14:textId="77777777" w:rsidR="00094E1B" w:rsidRDefault="000A36A6" w:rsidP="00094E1B">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00094E1B">
+        <w:t xml:space="preserve">Deben declarar </w:t>
+      </w:r>
+      <w:r w:rsidR="00094E1B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00094E1B">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l modelo de IA, su versión, la fecha de uso, </w:t>
+      </w:r>
+      <w:r w:rsidR="00094E1B">
+        <w:t>cómo se usó (prompts), la finalidad de su uso...</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="13" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="61186346" w14:textId="5F31A32B" w:rsidR="008916C1" w:rsidRDefault="005A328F" w:rsidP="008916C1">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="008916C1">
         <w:t xml:space="preserve">Los artículos de investigación deben incluir por lo menos 20 referencias. Al menos el 80 % de deben ser de los últimos 10 años. El sistema de citación y referencias debe ser APA 7.ª edición. Para citar material legal como constituciones, decretos, leyes, entre otros, se puede usar el </w:t>
       </w:r>
       <w:r w:rsidR="008916C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bluebook</w:t>
       </w:r>
       <w:r w:rsidR="008916C1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FA56D49" w14:textId="77777777" w:rsidR="008916C1" w:rsidRDefault="008916C1" w:rsidP="008916C1">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En los siguientes enlaces puede consultar versiones abreviadas de APA: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="085E8933" w14:textId="77777777" w:rsidR="008916C1" w:rsidRDefault="008916C1" w:rsidP="008916C1">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId5" w:history="1">
+      <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="007B058C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>APA Style</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2DC230C9" w14:textId="77777777" w:rsidR="008916C1" w:rsidRDefault="008916C1" w:rsidP="008916C1">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="007B058C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>Manual de citas y referencias</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0DD65EE5" w14:textId="77777777" w:rsidR="008916C1" w:rsidRDefault="008916C1" w:rsidP="008916C1">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>En este enlace se puede consultar un manual para combinar APA y Bluebook:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740342CB" w14:textId="77777777" w:rsidR="008916C1" w:rsidRDefault="008916C1" w:rsidP="008916C1">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId3" w:history="1">
         <w:r w:rsidRPr="007B058C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>Guía para la elaboración de ensayos y citación</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2D10014A" w14:textId="77777777" w:rsidR="008916C1" w:rsidRDefault="008916C1" w:rsidP="008916C1">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En todo caso, se recomienda usar gestores bibliográficos como Zotero o Mendeley. </w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w15:commentEx w15:paraId="106AD616" w15:done="0"/>
   <w15:commentEx w15:paraId="3A26B4B1" w15:done="0"/>
-  <w15:commentEx w15:paraId="5FB8B36A" w15:done="0"/>
-  <w15:commentEx w15:paraId="68E3058C" w15:done="0"/>
   <w15:commentEx w15:paraId="6638DF7F" w15:done="0"/>
   <w15:commentEx w15:paraId="41906DA8" w15:done="0"/>
   <w15:commentEx w15:paraId="023E2F88" w15:done="0"/>
   <w15:commentEx w15:paraId="700C1BC9" w15:done="0"/>
   <w15:commentEx w15:paraId="6041024E" w15:done="0"/>
   <w15:commentEx w15:paraId="4CF8D236" w15:done="0"/>
   <w15:commentEx w15:paraId="00A5311F" w15:done="0"/>
   <w15:commentEx w15:paraId="3927FE5E" w15:done="0"/>
   <w15:commentEx w15:paraId="55D5A931" w15:done="0"/>
   <w15:commentEx w15:paraId="1D8EBE3F" w15:done="0"/>
   <w15:commentEx w15:paraId="3D0B8A2C" w15:done="0"/>
+  <w15:commentEx w15:paraId="073BA581" w15:done="0"/>
   <w15:commentEx w15:paraId="2D10014A" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w16cid:commentId w16cid:paraId="106AD616" w16cid:durableId="2835A328"/>
   <w16cid:commentId w16cid:paraId="3A26B4B1" w16cid:durableId="63FD14CB"/>
-  <w16cid:commentId w16cid:paraId="5FB8B36A" w16cid:durableId="2835A30D"/>
-  <w16cid:commentId w16cid:paraId="68E3058C" w16cid:durableId="2835A345"/>
   <w16cid:commentId w16cid:paraId="6638DF7F" w16cid:durableId="2835A56E"/>
   <w16cid:commentId w16cid:paraId="41906DA8" w16cid:durableId="1454717D"/>
   <w16cid:commentId w16cid:paraId="023E2F88" w16cid:durableId="2835A2BF"/>
   <w16cid:commentId w16cid:paraId="700C1BC9" w16cid:durableId="28359676"/>
   <w16cid:commentId w16cid:paraId="6041024E" w16cid:durableId="184FA753"/>
   <w16cid:commentId w16cid:paraId="4CF8D236" w16cid:durableId="283595BB"/>
   <w16cid:commentId w16cid:paraId="00A5311F" w16cid:durableId="28359620"/>
   <w16cid:commentId w16cid:paraId="3927FE5E" w16cid:durableId="6CE1226D"/>
   <w16cid:commentId w16cid:paraId="55D5A931" w16cid:durableId="251806FB"/>
   <w16cid:commentId w16cid:paraId="1D8EBE3F" w16cid:durableId="01685CFC"/>
   <w16cid:commentId w16cid:paraId="3D0B8A2C" w16cid:durableId="1C8D105C"/>
+  <w16cid:commentId w16cid:paraId="073BA581" w16cid:durableId="40D6F07B"/>
   <w16cid:commentId w16cid:paraId="2D10014A" w16cid:durableId="2835938B"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CE1A16E" w14:textId="77777777" w:rsidR="00F36E97" w:rsidRDefault="00F36E97" w:rsidP="00455B3E">
+    <w:p w14:paraId="1615D146" w14:textId="77777777" w:rsidR="0063601B" w:rsidRDefault="0063601B" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F2557C4" w14:textId="77777777" w:rsidR="00F36E97" w:rsidRDefault="00F36E97" w:rsidP="00455B3E">
+    <w:p w14:paraId="48B39637" w14:textId="77777777" w:rsidR="0063601B" w:rsidRDefault="0063601B" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3186,61 +3189,61 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C3A8530" w14:textId="77777777" w:rsidR="00F36E97" w:rsidRDefault="00F36E97" w:rsidP="00455B3E">
+    <w:p w14:paraId="490D6D3C" w14:textId="77777777" w:rsidR="0063601B" w:rsidRDefault="0063601B" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45F0CCC6" w14:textId="77777777" w:rsidR="00F36E97" w:rsidRDefault="00F36E97" w:rsidP="00455B3E">
+    <w:p w14:paraId="45EE26D0" w14:textId="77777777" w:rsidR="0063601B" w:rsidRDefault="0063601B" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="22F87A07" w14:textId="2C1DEC44" w:rsidR="002602F8" w:rsidRDefault="002602F8">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004E2AC2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E2AC2" w:rsidRPr="004E2AC2">
         <w:t xml:space="preserve">Último título obtenido, filiación </w:t>
       </w:r>
@@ -5188,142 +5191,149 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1030881402">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="813909382">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1227227362">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1450587852">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1020356797">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005770A7"/>
     <w:rsid w:val="0000061A"/>
     <w:rsid w:val="00040E61"/>
     <w:rsid w:val="00075CD8"/>
     <w:rsid w:val="000818DA"/>
     <w:rsid w:val="00087686"/>
+    <w:rsid w:val="00094E1B"/>
+    <w:rsid w:val="000A36A6"/>
     <w:rsid w:val="000A5A2A"/>
     <w:rsid w:val="0011769B"/>
     <w:rsid w:val="00127167"/>
     <w:rsid w:val="001345F0"/>
     <w:rsid w:val="00135753"/>
     <w:rsid w:val="001A44F1"/>
     <w:rsid w:val="002602F8"/>
     <w:rsid w:val="00280E3C"/>
     <w:rsid w:val="002A435E"/>
     <w:rsid w:val="002B7CD0"/>
     <w:rsid w:val="002C01B9"/>
     <w:rsid w:val="002C4A59"/>
     <w:rsid w:val="002F5526"/>
     <w:rsid w:val="00316F58"/>
     <w:rsid w:val="003244BC"/>
     <w:rsid w:val="003256FF"/>
     <w:rsid w:val="0034703B"/>
     <w:rsid w:val="003B0F80"/>
     <w:rsid w:val="003E36BF"/>
     <w:rsid w:val="003F689C"/>
     <w:rsid w:val="00455B3E"/>
     <w:rsid w:val="004A23F0"/>
     <w:rsid w:val="004B1513"/>
     <w:rsid w:val="004C2E6F"/>
     <w:rsid w:val="004D5D35"/>
     <w:rsid w:val="004E2AC2"/>
     <w:rsid w:val="00502E17"/>
     <w:rsid w:val="0051097B"/>
     <w:rsid w:val="00530DE2"/>
     <w:rsid w:val="005410F3"/>
     <w:rsid w:val="005462E8"/>
     <w:rsid w:val="00562385"/>
     <w:rsid w:val="00573889"/>
     <w:rsid w:val="005770A7"/>
+    <w:rsid w:val="00597261"/>
     <w:rsid w:val="005A328F"/>
     <w:rsid w:val="005D6396"/>
     <w:rsid w:val="0061607C"/>
+    <w:rsid w:val="0063601B"/>
     <w:rsid w:val="006550BF"/>
     <w:rsid w:val="00665983"/>
     <w:rsid w:val="00677C9F"/>
     <w:rsid w:val="006A3C14"/>
     <w:rsid w:val="007348D9"/>
     <w:rsid w:val="007A0684"/>
     <w:rsid w:val="007A6E24"/>
     <w:rsid w:val="007D7A58"/>
     <w:rsid w:val="00807277"/>
     <w:rsid w:val="008151A1"/>
     <w:rsid w:val="008916C1"/>
     <w:rsid w:val="00897B47"/>
     <w:rsid w:val="008C233C"/>
     <w:rsid w:val="008F0144"/>
     <w:rsid w:val="008F7DF2"/>
     <w:rsid w:val="0091429C"/>
+    <w:rsid w:val="00AF0C51"/>
     <w:rsid w:val="00B1387D"/>
     <w:rsid w:val="00B204F7"/>
     <w:rsid w:val="00B36864"/>
     <w:rsid w:val="00BD776A"/>
     <w:rsid w:val="00C401A3"/>
     <w:rsid w:val="00C76EA2"/>
     <w:rsid w:val="00C822EF"/>
     <w:rsid w:val="00C932FC"/>
     <w:rsid w:val="00CE3CFD"/>
     <w:rsid w:val="00D06C25"/>
+    <w:rsid w:val="00D165E0"/>
     <w:rsid w:val="00D35205"/>
     <w:rsid w:val="00D607CB"/>
     <w:rsid w:val="00D834A8"/>
     <w:rsid w:val="00DA3046"/>
     <w:rsid w:val="00DA3F29"/>
     <w:rsid w:val="00DC15A3"/>
     <w:rsid w:val="00DC6528"/>
     <w:rsid w:val="00DD4076"/>
     <w:rsid w:val="00E61759"/>
     <w:rsid w:val="00ED2E95"/>
     <w:rsid w:val="00EE640C"/>
     <w:rsid w:val="00F24F12"/>
     <w:rsid w:val="00F36E97"/>
     <w:rsid w:val="00F95FCA"/>
     <w:rsid w:val="00FB39D0"/>
     <w:rsid w:val="00FC04F9"/>
     <w:rsid w:val="00FE391B"/>
     <w:rsid w:val="00FF0718"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -6620,55 +6630,55 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1590578520">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vocabularyserver.com/unbis/es/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.unilibre.edu.co/bitstream/handle/10901/18684/Guia%20elaboraci%c3%b3n%20de%20ensayos%20y%20citacion%202.a%20edicion%20-%20digital%20%281%29.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vocabularies.unesco.org/browser/thesaurus/es/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iate.europa.eu/home" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicina.uniandes.edu.co/sites/default/files/noticias/2020/05-mayo/manual-de-citas-y-referencias-bibliograficas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/referencias/ejemplos/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vocabularios.saij.gob.ar/inap/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.unilibre.edu.co/bitstream/handle/10901/18684/Guia%20elaboraci%c3%b3n%20de%20ensayos%20y%20citacion%202.a%20edicion%20-%20digital%20%281%29.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicina.uniandes.edu.co/sites/default/files/noticias/2020/05-mayo/manual-de-citas-y-referencias-bibliograficas.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/referencias/ejemplos/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol52n1.8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol54n1.903" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n2.10" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n2.2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n1.10" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol54n1.1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol52n1.3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol52n1.8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol54n1.903" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n2.10" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n2.2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol53n1.10" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol54n1.1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22431/25005227.vol52n1.3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="es-ES"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
@@ -7925,69 +7935,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB22045E-370A-428F-A2C5-90AACA5EF041}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1842</Words>
-  <Characters>10131</Characters>
+  <Words>1892</Words>
+  <Characters>10409</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11950</CharactersWithSpaces>
+  <CharactersWithSpaces>12277</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>