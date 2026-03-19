--- v1 (2026-02-26)
+++ v2 (2026-03-19)
@@ -116,55 +116,57 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:commentRangeStart w:id="0"/>
       <w:r w:rsidR="002602F8">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="0"/>
-      <w:r w:rsidR="002602F8">
+      <w:r w:rsidR="002602F8" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="es-CO" w:eastAsia="en-US"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:commentReference w:id="0"/>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>, Autor</w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5587E738" wp14:editId="59BE3BD7">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="Imagen 13"/>
@@ -233,51 +235,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Artículo de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AE5A960" w14:textId="77777777" w:rsidR="008916C1" w:rsidRPr="00455B3E" w:rsidRDefault="008916C1" w:rsidP="008916C1">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7573B2BD" w14:textId="44DEB66D" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071FDD6E" w14:textId="0E932753" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="007A0684" w:rsidP="005770A7">
+    <w:p w14:paraId="071FDD6E" w14:textId="31B71AC3" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="007A0684" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00897B47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Problemática: </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. </w:t>
       </w:r>
       <w:r w:rsidR="007D7A58" w:rsidRPr="00597261">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -348,299 +350,298 @@
         <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
       </w:r>
       <w:r w:rsidR="007D7A58" w:rsidRPr="007D7A58">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Conclusión:</w:t>
       </w:r>
       <w:r w:rsidR="007D7A58">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005770A7" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod</w:t>
       </w:r>
-    </w:p>
-[...70 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="002F45F1">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F45F1" w:rsidRPr="002F45F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Problem statement: </w:t>
-      </w:r>
+        <w:t>Contribución /originalidad:</w:t>
+      </w:r>
+      <w:r w:rsidR="002F45F1">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F45F1" w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D50B037" w14:textId="164DD3D9" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
-          <w:noProof/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008151A1" w:rsidRPr="008151A1">
+          <w:rStyle w:val="Fuerte"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>purus ipsum, pretium metus, in lacinia nulla, nisl eget sapie</w:t>
+      </w:r>
+      <w:r w:rsidR="000A36A6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>n.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455ADF6F" w14:textId="15E52D40" w:rsidR="0091429C" w:rsidRPr="00455B3E" w:rsidRDefault="0091429C" w:rsidP="0091429C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3A9112" w14:textId="11AA651C" w:rsidR="0091429C" w:rsidRPr="00455B3E" w:rsidRDefault="007A0684" w:rsidP="0091429C">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Objective:</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
+        <w:t xml:space="preserve">Problem statement: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. </w:t>
       </w:r>
       <w:r w:rsidR="008151A1" w:rsidRPr="008151A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Methodology:</w:t>
+        <w:t>Objective:</w:t>
       </w:r>
       <w:r w:rsidR="008151A1">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0091429C" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. </w:t>
       </w:r>
       <w:r w:rsidR="008151A1" w:rsidRPr="008151A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Results:</w:t>
+        <w:t>Methodology:</w:t>
       </w:r>
       <w:r w:rsidR="008151A1">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0091429C" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D35205" w:rsidRPr="00D35205">
+        <w:t xml:space="preserve">Nunc viverra imperdiet enim. Fusce est. Vivamus a tellus. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Proin pharetra nonummy pede. </w:t>
+      </w:r>
+      <w:r w:rsidR="008151A1" w:rsidRPr="008151A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:t>Results:</w:t>
+      </w:r>
+      <w:r w:rsidR="008151A1">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0091429C" w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mauris et orci. Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35205" w:rsidRPr="00D35205">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Conlcusion: </w:t>
       </w:r>
       <w:r w:rsidR="0091429C" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. Integer nulla. Donec blandit feugiat ligula. Donec hendrerit, felis et imperdiet euismod.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43DC4105" w14:textId="704B29AF" w:rsidR="0091429C" w:rsidRPr="007D7A58" w:rsidRDefault="0091429C" w:rsidP="0091429C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
-          <w:lang w:val="fr-FR"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>purus ipsum, pretium metus, in lacinia nulla, nisl eget sapien.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E509989" w14:textId="50C988BA" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="586749FE" w14:textId="77777777" w:rsidR="0051097B" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve">Nunc ac magna. Maecenas odio dolor, </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">vulputate vel, auctor ac, accumsan id, felis. </w:t>
+        <w:t xml:space="preserve">Nunc ac magna. Maecenas odio dolor, vulputate vel, auctor ac, accumsan id, felis. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pellentesque cursus sagittis felis. Pellentesque porttitor, velit lacinia egestas auctor, diam eros tempus arcu, nec vulputate augue magna vel risus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Cras non magna vel ante adipiscing rhoncus. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB2A741" w14:textId="2FA7EE22" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
@@ -664,54 +665,57 @@
     </w:p>
     <w:p w14:paraId="18B93602" w14:textId="77777777" w:rsidR="005770A7" w:rsidRPr="001A44F1" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Cita"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="1"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">In in nunc. Class aptent taciti sociosqu ad litora torquent per conubia nostra, per inceptos hymenaeos. Donec ullamcorper fringilla eros. Fusce in sapien eu purus dapibus commodo. Cum sociis natoque penatibus et magnis dis parturient montes, nascetur ridiculus mus. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A44F1">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Cras faucibus condimentum odio. Sed ac ligula. Aliquam at eros. Etiam at ligula et tellus ullamcorper ultrices. In fermentum, lorem non cursus porttitor, diam urna accumsan lacus, sed interdum wisi nibh nec nisl. Ut tincidunt volutpat urna. Mauris eleifend nulla eget mauris. Sed cursus quam id felis. Curabitur posuere quam vel nibh. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
-      <w:r w:rsidR="00C822EF">
+      <w:r w:rsidR="00C822EF" w:rsidRPr="001A44F1">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:iCs w:val="0"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="60E0D23C" w14:textId="16D8DD94" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Cras dapibus dapibus nisl. Vestibulum quis dolor a felis congue vehicula. Maecenas pede purus, tristique ac, tempus eget, egestas quis, mauris. Curabitur non eros. Nullam hendrerit bibendum justo. Fusce iaculis, est quis lacinia pretium, pede metus molestie lacus, at gravida wisi ante at libero.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F4DD7E" w14:textId="77777777" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -889,167 +893,143 @@
           <w:noProof/>
         </w:rPr>
         <w:t>quis, libero</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF20F79" w14:textId="77777777" w:rsidR="00897B47" w:rsidRDefault="00897B47" w:rsidP="00897B47">
       <w:pPr>
         <w:pStyle w:val="Listaconnmeros"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CB54A4F" w14:textId="1C842320" w:rsidR="00897B47" w:rsidRDefault="00897B47" w:rsidP="00897B47">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Contexto teórico</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="460661D7" w14:textId="77777777" w:rsidR="00897B47" w:rsidRPr="00455B3E" w:rsidRDefault="00897B47" w:rsidP="00897B47">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7A58">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Ut mattis ligula posuere velit. Nunc sagittis. Curabitur varius fringilla nisl. Duis pretium mi euismod erat. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Maecenas id augue. Nam vulputate. Duis a quam non neque lobortis malesuada. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Praesent </w:t>
+        <w:t xml:space="preserve">Praesent euismod. Donec nulla augue, venenatis scelerisque, dapibus a, consequat at, leo. Pellentesque libero lectus, tristique ac, consectetuer sit amet, imperdiet ut, justo. Sed aliquam odio vitae tortor. Proin hendrerit tempus arcu. In hac habitasse platea dictumst. Suspendisse potenti. Vivamus vitae massa adipiscing est lacinia sodales. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">euismod. Donec nulla augue, venenatis scelerisque, dapibus a, consequat at, leo. Pellentesque libero lectus, tristique ac, consectetuer sit amet, imperdiet ut, justo. Sed aliquam odio vitae tortor. Proin hendrerit tempus arcu. In hac habitasse platea dictumst. Suspendisse potenti. Vivamus vitae massa adipiscing est lacinia sodales. </w:t>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donec metus massa, mollis vel, tempus placerat, vestibulum condimentum, ligula. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1840F098" w14:textId="39C9B631" w:rsidR="00897B47" w:rsidRPr="00D834A8" w:rsidRDefault="00897B47" w:rsidP="00897B47">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005770A7">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="pt-BR"/>
-[...20 lines deleted...]
-          <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ut nonummy. Fusce aliquet pede non pede. Suspendisse dapibus lorem pellentesque magna. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D834A8">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Integer nulla. Donec blandit feugiat ligula.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="795ADC3E" w14:textId="38741849" w:rsidR="005770A7" w:rsidRPr="00D834A8" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="2"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D834A8">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Metodología</w:t>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00897B47">
+      <w:r w:rsidR="00897B47" w:rsidRPr="00D834A8">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DAF7853" w14:textId="70000A31" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aliquam nonummy adipiscing augue. Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero, sit amet commodo magna eros quis urna. Nunc viverra imperdiet enim. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce est. Vivamus a tellus. </w:t>
       </w:r>
     </w:p>
@@ -1059,56 +1039,55 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7944"/>
         <w:gridCol w:w="883"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED2E95" w14:paraId="09FCFAB6" w14:textId="77777777" w:rsidTr="00D553B1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DB6ED2A" w14:textId="77777777" w:rsidR="00ED2E95" w:rsidRPr="0055742B" w:rsidRDefault="00ED2E95" w:rsidP="0055742B">
             <w:pPr>
               <w:pStyle w:val="Ecuacintexto"/>
             </w:pPr>
             <w:commentRangeStart w:id="3"/>
             <w:r>
               <w:t>A + B + C = D</w:t>
             </w:r>
             <w:commentRangeEnd w:id="3"/>
-            <w:r>
+            <w:r w:rsidRPr="0055742B">
               <w:rPr>
                 <w:rStyle w:val="Refdecomentario"/>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:commentReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB52944" w14:textId="77777777" w:rsidR="00ED2E95" w:rsidRDefault="00ED2E95">
             <w:pPr>
               <w:pStyle w:val="Ecuacinnmero"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58D469EE" w14:textId="549082F8" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="004E2AC2">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
@@ -1136,53 +1115,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec hendrerit, felis et imperdiet euismod, purus ipsum pretium metus, in lacinia nulla nisl eget sapien. Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33EDB998" w14:textId="1E58BDBD" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="4"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Tabla 1</w:t>
       </w:r>
       <w:commentRangeEnd w:id="4"/>
-      <w:r w:rsidR="00F95FCA">
+      <w:r w:rsidR="00F95FCA" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>. Título de tabla</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablanormal1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1583"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1471"/>
         <w:gridCol w:w="1473"/>
         <w:gridCol w:w="1475"/>
         <w:gridCol w:w="1355"/>
       </w:tblGrid>
@@ -1675,81 +1658,89 @@
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Aenean nec lorem. In porttitor. Donec laoreet nonummy augue. Suspendisse dui purus, scelerisque at, vulputate vitae, pretium mattis, nunc. Mauris eget neque at sem venenatis eleifend. Ut nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC2FE59" w14:textId="32ED2B4C" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Cras faucibus condimentum odio. </w:t>
       </w:r>
       <w:r w:rsidRPr="005770A7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sed ac ligula. Aliquam at eros. Etiam at ligula et tellus ullamcorper ultrices. In fermentum, lorem non cursus porttitor, diam urna accumsan lacus, sed interdum wisi nibh nec nisl. Ut tincidunt volutpat urna. </w:t>
+        <w:t xml:space="preserve">Sed ac ligula. Aliquam at eros. Etiam at ligula et tellus ullamcorper ultrices. In fermentum, lorem non cursus porttitor, diam urna accumsan lacus, sed interdum wisi nibh </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005770A7">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">nec nisl. Ut tincidunt volutpat urna. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Mauris eleifend nulla eget mauris. Sed cursus quam id felis. Curabitur posuere quam vel nibh. Cras dapibus dapibus nisl. Vestibulum quis dolor a felis congue vehicula. Maecenas pede purus, tristique ac, tempus eget, egestas quis, mauris. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30A6EEC4" w14:textId="3F8A24F7" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="5"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resultados</w:t>
       </w:r>
       <w:commentRangeEnd w:id="5"/>
-      <w:r w:rsidR="00C932FC">
+      <w:r w:rsidR="00C932FC" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:commentReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="108B1535" w14:textId="63AB050A" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce iaculis, est quis lacinia pretium, pede metus molestie lacus, at gravida wisi ante at libero. Quisque ornare placerat risus. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
@@ -1782,403 +1773,365 @@
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="6"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43687280" wp14:editId="31BDEFEE">
             <wp:extent cx="5486400" cy="2160000"/>
             <wp:effectExtent l="0" t="0" r="0" b="12065"/>
             <wp:docPr id="1" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:commentRangeEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="123A6D08" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="7"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Figura</w:t>
       </w:r>
       <w:commentRangeEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Título de la figura</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66757723" w14:textId="77777777" w:rsidR="000A5A2A" w:rsidRDefault="000A5A2A" w:rsidP="000A5A2A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Fuente: elaboración propia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D6316A" w14:textId="6B394244" w:rsidR="003256FF" w:rsidRPr="00455B3E" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec nulla augue, venenatis scelerisque, dapibus a, consequat at, leo. Pellentesque libero lectus, tristique ac, consectetuer sit amet, imperdiet ut, justo. Sed aliquam odio vitae tortor. Proin hendrerit tempus arcu. In hac habitasse platea dictumst. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B8EC07" w14:textId="46A71B23" w:rsidR="005770A7" w:rsidRPr="00455B3E" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="8"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
       <w:commentRangeEnd w:id="8"/>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D834A8">
+      <w:r w:rsidR="00D834A8" w:rsidRPr="00455B3E">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA7D669" w14:textId="5FB2B2BB" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Nunc lacus metus, posuere eget, lacinia eu, varius quis, libero. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aliquam nonummy adipiscing augue. Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Maecenas porttitor congue massa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Fusce posuere, magna sed pulvinar ultricies, purus lectus malesuada libero. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C8DBDE" w14:textId="1C775136" w:rsidR="005770A7" w:rsidRPr="00075CD8" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:commentRangeStart w:id="9"/>
       <w:r w:rsidRPr="00075CD8">
         <w:t>Conclusiones</w:t>
       </w:r>
       <w:commentRangeEnd w:id="9"/>
-      <w:r w:rsidR="00C932FC">
+      <w:r w:rsidR="00C932FC" w:rsidRPr="00075CD8">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F190BFF" w14:textId="0EB012B5" w:rsidR="0051097B" w:rsidRDefault="003256FF" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677C9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBEEDDE" w14:textId="54FE7B8C" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="10"/>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Financiación </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:commentReference w:id="10"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61588FBA" w14:textId="77777777" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677C9F">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455B3E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E68F13" w14:textId="34085752" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Conflicto de interés</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="10"/>
+      <w:commentRangeEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="61588FBA" w14:textId="77777777" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:commentReference w:id="11"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA002DB" w14:textId="47BBD840" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677C9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19E68F13" w14:textId="34085752" w:rsidR="00CE3CFD" w:rsidRDefault="00CE3CFD" w:rsidP="00CE3CFD">
+    <w:p w14:paraId="0B7DA41D" w14:textId="28ED6E86" w:rsidR="00D165E0" w:rsidRDefault="00D165E0" w:rsidP="00D165E0">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...66 lines deleted...]
-      </w:pPr>
       <w:commentRangeStart w:id="12"/>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> de IA</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Declaración de uso de IA</w:t>
       </w:r>
       <w:commentRangeEnd w:id="12"/>
       <w:r w:rsidR="000A36A6">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:commentReference w:id="12"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1264CC" w14:textId="0E4D939F" w:rsidR="00CE3CFD" w:rsidRPr="00455B3E" w:rsidRDefault="00D165E0" w:rsidP="003256FF">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677C9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Din lacinia nulla nisl eget sapien. </w:t>
       </w:r>
       <w:r w:rsidRPr="00455B3E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Donec ut est in lectus consequat consequat. Etiam eget dui. Aliquam erat volutpat. Sed at lorem in nunc porta tristique. Proin nec augue. Quisque aliquam tempor magna. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28734428" w14:textId="0C4BBE85" w:rsidR="005770A7" w:rsidRDefault="005770A7" w:rsidP="005770A7">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:commentRangeStart w:id="13"/>
       <w:r>
         <w:t>Referencias</w:t>
       </w:r>
       <w:commentRangeEnd w:id="13"/>
       <w:r w:rsidR="005A328F">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D8B953" w14:textId="13394E50" w:rsidR="00075CD8" w:rsidRDefault="007A6E24" w:rsidP="00677C9F">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
       </w:pPr>
       <w:r w:rsidRPr="007A6E24">
         <w:t xml:space="preserve">Álvarez Collazos, A., </w:t>
       </w:r>
       <w:r w:rsidR="00D06C25">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E24">
         <w:t xml:space="preserve"> Sánchez Rincón, D. (2022). Implicaciones de la falta de motivación del empleado público en su desempeño. </w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E24">
@@ -2228,67 +2181,51 @@
         <w:t>52</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1), 35-54. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol52n1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="463B9781" w14:textId="36352926" w:rsidR="00D06C25" w:rsidRDefault="00D06C25" w:rsidP="00D06C25">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00D06C25">
         <w:t xml:space="preserve">Cifuentes Martínez, W. E., </w:t>
       </w:r>
       <w:r>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
-        <w:t xml:space="preserve"> Duarte Vega, C. (2023). Creación de valor público desde la perspectiva de los </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de literatura. </w:t>
+        <w:t xml:space="preserve"> Duarte Vega, C. (2023). Creación de valor público desde la perspectiva de los stakeholders. Una revisión semisistemática de literatura. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>53</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1), 1-39. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
@@ -2322,67 +2259,51 @@
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>53</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(2). </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol53n2.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4102C365" w14:textId="6F443E41" w:rsidR="00D06C25" w:rsidRDefault="00D06C25" w:rsidP="00D06C25">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00D06C25">
-        <w:t xml:space="preserve">Varela Barrios, E. (2023). Administración pública y </w:t>
-[...15 lines deleted...]
-        <w:t>. </w:t>
+        <w:t>Varela Barrios, E. (2023). Administración pública y management público: el tránsito hacia el neogerencialismo. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>53</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(2). </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
@@ -2409,57 +2330,52 @@
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1), e903. </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.22431/25005227.vol54n1.903</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4072F4C6" w14:textId="399F92C5" w:rsidR="00D06C25" w:rsidRDefault="00D06C25" w:rsidP="00D06C25">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D06C25">
-        <w:t>Alvez</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Taylor, L. I. (2024). La construcción de capacidades estatales en instituciones estratégicas: el caso CNEA (2012-2019). </w:t>
+        <w:t>Alvez Taylor, L. I. (2024). La construcción de capacidades estatales en instituciones estratégicas: el caso CNEA (2012-2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Administración &amp; Desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06C25">
         <w:t>(1). </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00D06C25">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
@@ -3110,61 +3026,61 @@
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="3A26B4B1" w16cid:durableId="63FD14CB"/>
   <w16cid:commentId w16cid:paraId="6638DF7F" w16cid:durableId="2835A56E"/>
   <w16cid:commentId w16cid:paraId="41906DA8" w16cid:durableId="1454717D"/>
   <w16cid:commentId w16cid:paraId="023E2F88" w16cid:durableId="2835A2BF"/>
   <w16cid:commentId w16cid:paraId="700C1BC9" w16cid:durableId="28359676"/>
   <w16cid:commentId w16cid:paraId="6041024E" w16cid:durableId="184FA753"/>
   <w16cid:commentId w16cid:paraId="4CF8D236" w16cid:durableId="283595BB"/>
   <w16cid:commentId w16cid:paraId="00A5311F" w16cid:durableId="28359620"/>
   <w16cid:commentId w16cid:paraId="3927FE5E" w16cid:durableId="6CE1226D"/>
   <w16cid:commentId w16cid:paraId="55D5A931" w16cid:durableId="251806FB"/>
   <w16cid:commentId w16cid:paraId="1D8EBE3F" w16cid:durableId="01685CFC"/>
   <w16cid:commentId w16cid:paraId="3D0B8A2C" w16cid:durableId="1C8D105C"/>
   <w16cid:commentId w16cid:paraId="073BA581" w16cid:durableId="40D6F07B"/>
   <w16cid:commentId w16cid:paraId="2D10014A" w16cid:durableId="2835938B"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1615D146" w14:textId="77777777" w:rsidR="0063601B" w:rsidRDefault="0063601B" w:rsidP="00455B3E">
+    <w:p w14:paraId="72E67D4E" w14:textId="77777777" w:rsidR="00A87E67" w:rsidRDefault="00A87E67" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48B39637" w14:textId="77777777" w:rsidR="0063601B" w:rsidRDefault="0063601B" w:rsidP="00455B3E">
+    <w:p w14:paraId="41E7CFF7" w14:textId="77777777" w:rsidR="00A87E67" w:rsidRDefault="00A87E67" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3189,88 +3105,94 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="490D6D3C" w14:textId="77777777" w:rsidR="0063601B" w:rsidRDefault="0063601B" w:rsidP="00455B3E">
+    <w:p w14:paraId="09B81ECD" w14:textId="77777777" w:rsidR="00A87E67" w:rsidRDefault="00A87E67" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45EE26D0" w14:textId="77777777" w:rsidR="0063601B" w:rsidRDefault="0063601B" w:rsidP="00455B3E">
+    <w:p w14:paraId="5E749E9A" w14:textId="77777777" w:rsidR="00A87E67" w:rsidRDefault="00A87E67" w:rsidP="00455B3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="22F87A07" w14:textId="2C1DEC44" w:rsidR="002602F8" w:rsidRDefault="002602F8">
+    <w:p w14:paraId="22F87A07" w14:textId="38DBE1B2" w:rsidR="002602F8" w:rsidRDefault="002602F8">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004E2AC2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E2AC2" w:rsidRPr="004E2AC2">
         <w:t xml:space="preserve">Último título obtenido, filiación </w:t>
       </w:r>
       <w:r w:rsidR="004E2AC2">
-        <w:t xml:space="preserve">institucional y correo electrónico. </w:t>
+        <w:t>institucional</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10C60">
+        <w:t xml:space="preserve">, enlace ORCID, enlace perfil Google Scholar y </w:t>
+      </w:r>
+      <w:r w:rsidR="004E2AC2">
+        <w:t xml:space="preserve">correo electrónico. </w:t>
       </w:r>
       <w:r w:rsidRPr="002602F8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Roles:</w:t>
       </w:r>
       <w:r w:rsidRPr="002602F8">
         <w:t xml:space="preserve"> redacción - documento original, metodología, investigación. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="60EE8B90" w14:textId="3C17599C" w:rsidR="004E2AC2" w:rsidRDefault="004E2AC2">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
@@ -5191,157 +5113,162 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1030881402">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="813909382">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1227227362">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1450587852">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1020356797">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005770A7"/>
     <w:rsid w:val="0000061A"/>
     <w:rsid w:val="00040E61"/>
     <w:rsid w:val="00075CD8"/>
     <w:rsid w:val="000818DA"/>
     <w:rsid w:val="00087686"/>
     <w:rsid w:val="00094E1B"/>
     <w:rsid w:val="000A36A6"/>
     <w:rsid w:val="000A5A2A"/>
     <w:rsid w:val="0011769B"/>
     <w:rsid w:val="00127167"/>
     <w:rsid w:val="001345F0"/>
     <w:rsid w:val="00135753"/>
     <w:rsid w:val="001A44F1"/>
     <w:rsid w:val="002602F8"/>
     <w:rsid w:val="00280E3C"/>
     <w:rsid w:val="002A435E"/>
     <w:rsid w:val="002B7CD0"/>
     <w:rsid w:val="002C01B9"/>
     <w:rsid w:val="002C4A59"/>
+    <w:rsid w:val="002F45F1"/>
     <w:rsid w:val="002F5526"/>
     <w:rsid w:val="00316F58"/>
     <w:rsid w:val="003244BC"/>
     <w:rsid w:val="003256FF"/>
     <w:rsid w:val="0034703B"/>
     <w:rsid w:val="003B0F80"/>
     <w:rsid w:val="003E36BF"/>
     <w:rsid w:val="003F689C"/>
     <w:rsid w:val="00455B3E"/>
     <w:rsid w:val="004A23F0"/>
     <w:rsid w:val="004B1513"/>
     <w:rsid w:val="004C2E6F"/>
     <w:rsid w:val="004D5D35"/>
     <w:rsid w:val="004E2AC2"/>
     <w:rsid w:val="00502E17"/>
     <w:rsid w:val="0051097B"/>
     <w:rsid w:val="00530DE2"/>
     <w:rsid w:val="005410F3"/>
     <w:rsid w:val="005462E8"/>
     <w:rsid w:val="00562385"/>
     <w:rsid w:val="00573889"/>
     <w:rsid w:val="005770A7"/>
     <w:rsid w:val="00597261"/>
     <w:rsid w:val="005A328F"/>
+    <w:rsid w:val="005B3916"/>
     <w:rsid w:val="005D6396"/>
     <w:rsid w:val="0061607C"/>
     <w:rsid w:val="0063601B"/>
     <w:rsid w:val="006550BF"/>
     <w:rsid w:val="00665983"/>
     <w:rsid w:val="00677C9F"/>
     <w:rsid w:val="006A3C14"/>
     <w:rsid w:val="007348D9"/>
     <w:rsid w:val="007A0684"/>
     <w:rsid w:val="007A6E24"/>
     <w:rsid w:val="007D7A58"/>
+    <w:rsid w:val="00800C79"/>
     <w:rsid w:val="00807277"/>
     <w:rsid w:val="008151A1"/>
     <w:rsid w:val="008916C1"/>
     <w:rsid w:val="00897B47"/>
     <w:rsid w:val="008C233C"/>
     <w:rsid w:val="008F0144"/>
     <w:rsid w:val="008F7DF2"/>
     <w:rsid w:val="0091429C"/>
+    <w:rsid w:val="00A87E67"/>
+    <w:rsid w:val="00AC3CAD"/>
     <w:rsid w:val="00AF0C51"/>
     <w:rsid w:val="00B1387D"/>
     <w:rsid w:val="00B204F7"/>
     <w:rsid w:val="00B36864"/>
     <w:rsid w:val="00BD776A"/>
     <w:rsid w:val="00C401A3"/>
     <w:rsid w:val="00C76EA2"/>
     <w:rsid w:val="00C822EF"/>
     <w:rsid w:val="00C932FC"/>
     <w:rsid w:val="00CE3CFD"/>
     <w:rsid w:val="00D06C25"/>
     <w:rsid w:val="00D165E0"/>
     <w:rsid w:val="00D35205"/>
     <w:rsid w:val="00D607CB"/>
     <w:rsid w:val="00D834A8"/>
     <w:rsid w:val="00DA3046"/>
     <w:rsid w:val="00DA3F29"/>
     <w:rsid w:val="00DC15A3"/>
     <w:rsid w:val="00DC6528"/>
     <w:rsid w:val="00DD4076"/>
+    <w:rsid w:val="00E10C60"/>
     <w:rsid w:val="00E61759"/>
     <w:rsid w:val="00ED2E95"/>
     <w:rsid w:val="00EE640C"/>
     <w:rsid w:val="00F24F12"/>
     <w:rsid w:val="00F36E97"/>
     <w:rsid w:val="00F95FCA"/>
     <w:rsid w:val="00FB39D0"/>
     <w:rsid w:val="00FC04F9"/>
     <w:rsid w:val="00FE391B"/>
     <w:rsid w:val="00FF0718"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO" w:bidi="ar-SA"/>
@@ -5913,51 +5840,51 @@
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005770A7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005770A7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="005770A7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cita">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaCar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="0091429C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
       <w:ind w:left="864" w:right="864"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:sz w:val="20"/>
@@ -7935,69 +7862,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB22045E-370A-428F-A2C5-90AACA5EF041}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1892</Words>
-  <Characters>10409</Characters>
+  <Words>1924</Words>
+  <Characters>10587</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
+  <Lines>88</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12277</CharactersWithSpaces>
+  <CharactersWithSpaces>12487</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>